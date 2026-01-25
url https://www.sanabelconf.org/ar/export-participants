--- v0 (2025-10-14)
+++ v1 (2026-01-25)
@@ -12,71 +12,1604 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="518">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Registration Category</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Organization Name</t>
   </si>
   <si>
     <t>Organization Type</t>
+  </si>
+  <si>
+    <t>Hazem Moghazi</t>
+  </si>
+  <si>
+    <t>Non-Member</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Chief Executive Officer</t>
+  </si>
+  <si>
+    <t>AMAN Holding</t>
+  </si>
+  <si>
+    <t>Fintech</t>
+  </si>
+  <si>
+    <t>Reham Farouk</t>
+  </si>
+  <si>
+    <t>Sanabel Member</t>
+  </si>
+  <si>
+    <t>Al Tadamun Microfinance Foundation</t>
+  </si>
+  <si>
+    <t>NGOs</t>
+  </si>
+  <si>
+    <t>Mowafq Sarhan</t>
+  </si>
+  <si>
+    <t>Risk Manager</t>
+  </si>
+  <si>
+    <t>Haitham Essam</t>
+  </si>
+  <si>
+    <t>HR &amp; Admin Director</t>
+  </si>
+  <si>
+    <t>Hatem Arabi</t>
+  </si>
+  <si>
+    <t>Operation Director</t>
+  </si>
+  <si>
+    <t>Emad Nageeb</t>
+  </si>
+  <si>
+    <t>Network Engineer</t>
+  </si>
+  <si>
+    <t>Mansour Ahmed Abdel Gelil</t>
+  </si>
+  <si>
+    <t>Senior Director Operation</t>
+  </si>
+  <si>
+    <t>Ayman Bassiouny</t>
+  </si>
+  <si>
+    <t>CFO</t>
+  </si>
+  <si>
+    <t>Mohamed Abady</t>
+  </si>
+  <si>
+    <t>Operation Dorector</t>
+  </si>
+  <si>
+    <t>Assem Eid</t>
+  </si>
+  <si>
+    <t>Complaince Manager</t>
+  </si>
+  <si>
+    <t>Mohamed Mashhour</t>
+  </si>
+  <si>
+    <t>Bedayti for Microfinance</t>
+  </si>
+  <si>
+    <t>MFIs</t>
+  </si>
+  <si>
+    <t>Ahmed Mousa</t>
+  </si>
+  <si>
+    <t>Chief Financial Officer</t>
+  </si>
+  <si>
+    <t>Atef El Gohary</t>
+  </si>
+  <si>
+    <t>Executive Board Member</t>
+  </si>
+  <si>
+    <t>Wael Elsayed</t>
+  </si>
+  <si>
+    <t>Operations Deputy Director</t>
+  </si>
+  <si>
+    <t>Ahmed Elgamhody</t>
+  </si>
+  <si>
+    <t>Operations Director</t>
+  </si>
+  <si>
+    <t>Fatma El Zahraa Hamdi Azzazi</t>
+  </si>
+  <si>
+    <t>Division Head -Non-Bank Financial Institutions</t>
+  </si>
+  <si>
+    <t>Commercial International Bank</t>
+  </si>
+  <si>
+    <t>Bank</t>
+  </si>
+  <si>
+    <t>Heba Abdel Latif</t>
+  </si>
+  <si>
+    <t>Head of Financial Institutions</t>
+  </si>
+  <si>
+    <t>Heba Sabet</t>
+  </si>
+  <si>
+    <t>Head of Non-Bank Financial Institutions and Sovereign Wealth Fund</t>
+  </si>
+  <si>
+    <t>Mahmoud Sherif</t>
+  </si>
+  <si>
+    <t>Portfolio Manager Development Finance</t>
+  </si>
+  <si>
+    <t>Alyaa Hafez</t>
+  </si>
+  <si>
+    <t>Sector Head Development Finance</t>
+  </si>
+  <si>
+    <t>Hassan Farid</t>
+  </si>
+  <si>
+    <t>Dakahlia Businessmen Association for Community Development</t>
+  </si>
+  <si>
+    <t>Samir ElGamal</t>
+  </si>
+  <si>
+    <t>Chairman</t>
+  </si>
+  <si>
+    <t>Mohamed Sabee</t>
+  </si>
+  <si>
+    <t>Board member</t>
+  </si>
+  <si>
+    <t>Mohamed Nabil</t>
+  </si>
+  <si>
+    <t>Operation Manger</t>
+  </si>
+  <si>
+    <t>Karim ElSakhawy</t>
+  </si>
+  <si>
+    <t>Branch Manger</t>
+  </si>
+  <si>
+    <t>Ahmed Abdelwahab</t>
+  </si>
+  <si>
+    <t>Microfinance Senior Advisor</t>
+  </si>
+  <si>
+    <t>Entrust</t>
+  </si>
+  <si>
+    <t>Consultancy</t>
+  </si>
+  <si>
+    <t>Mohamed Morsy</t>
+  </si>
+  <si>
+    <t>Manager, Investment Management</t>
+  </si>
+  <si>
+    <t>Finance in Motion, SANAD Fund for MSME</t>
+  </si>
+  <si>
+    <t>Investor</t>
+  </si>
+  <si>
+    <t>Rana Ramsis</t>
+  </si>
+  <si>
+    <t>Associate Investment Officer</t>
+  </si>
+  <si>
+    <t>International Finance Corporation</t>
+  </si>
+  <si>
+    <t>Multilateral Organization</t>
+  </si>
+  <si>
+    <t>Farida Matta</t>
+  </si>
+  <si>
+    <t>Project Manager</t>
+  </si>
+  <si>
+    <t>Nada El Mawardy</t>
+  </si>
+  <si>
+    <t>Operations Analyst</t>
+  </si>
+  <si>
+    <t>International Financial Corporation</t>
+  </si>
+  <si>
+    <t>Hesham elhusseiny</t>
+  </si>
+  <si>
+    <t>Executive Dirctor of the Instituional Upgrade Project</t>
+  </si>
+  <si>
+    <t>Egyptian Federation for MSMEF</t>
+  </si>
+  <si>
+    <t>Network</t>
+  </si>
+  <si>
+    <t>Ali Saad</t>
+  </si>
+  <si>
+    <t>General Manager</t>
+  </si>
+  <si>
+    <t>Hala Abo elsaad</t>
+  </si>
+  <si>
+    <t>Chairman of the Board</t>
+  </si>
+  <si>
+    <t>Mirna  El Banawy</t>
+  </si>
+  <si>
+    <t>Project Coordinator-Economic Development Unit</t>
+  </si>
+  <si>
+    <t>North South Consultants Exchange</t>
+  </si>
+  <si>
+    <t>Consultation</t>
+  </si>
+  <si>
+    <t>Fady Youssef</t>
+  </si>
+  <si>
+    <t>Reefy Micro Finance Enterprise Services</t>
+  </si>
+  <si>
+    <t>Dina Abdel Rahim</t>
+  </si>
+  <si>
+    <t>CHRO</t>
+  </si>
+  <si>
+    <t>Yasser Abdou</t>
+  </si>
+  <si>
+    <t>CIO</t>
+  </si>
+  <si>
+    <t>Rana Adel</t>
+  </si>
+  <si>
+    <t>Compliance Manager</t>
+  </si>
+  <si>
+    <t>Mostafa El Gaafary</t>
+  </si>
+  <si>
+    <t>Ahmed Labib</t>
+  </si>
+  <si>
+    <t>Managing Director &amp; CEO</t>
+  </si>
+  <si>
+    <t>Reefy Micro-Finance Enterprise Services</t>
+  </si>
+  <si>
+    <t>Ahmed Nabih</t>
+  </si>
+  <si>
+    <t>Synapse Analytics</t>
+  </si>
+  <si>
+    <t>Galal Elbeshbishy</t>
+  </si>
+  <si>
+    <t>Co-Founder &amp; COO</t>
+  </si>
+  <si>
+    <t>Ahmed Abbas</t>
+  </si>
+  <si>
+    <t>Branches Network Senior Manager</t>
+  </si>
+  <si>
+    <t>Tamweely Financial Services</t>
+  </si>
+  <si>
+    <t>FSPs</t>
+  </si>
+  <si>
+    <t>Dalal Takla</t>
+  </si>
+  <si>
+    <t>Chief Business Excellence Officer</t>
+  </si>
+  <si>
+    <t>Mahmoud Roushdy</t>
+  </si>
+  <si>
+    <t>Strategic Planning Specialist</t>
+  </si>
+  <si>
+    <t>Ahmed Khorched</t>
+  </si>
+  <si>
+    <t>Bishoy Yacoub</t>
+  </si>
+  <si>
+    <t>Senior Marketing Manager</t>
+  </si>
+  <si>
+    <t>Rami Raafat</t>
+  </si>
+  <si>
+    <t>Products and Branches Network Director</t>
+  </si>
+  <si>
+    <t>Islam Saad</t>
+  </si>
+  <si>
+    <t>Risk Director</t>
+  </si>
+  <si>
+    <t>Diaa Diab</t>
+  </si>
+  <si>
+    <t>Islam Ali</t>
+  </si>
+  <si>
+    <t>Senior Manager, Quality Management</t>
+  </si>
+  <si>
+    <t>Yassin Hakki</t>
+  </si>
+  <si>
+    <t>Senior Strategy and Planning</t>
+  </si>
+  <si>
+    <t>Hager El-Sayed</t>
+  </si>
+  <si>
+    <t>Sustainability Specialist</t>
+  </si>
+  <si>
+    <t>Aladdin ElAfifi</t>
+  </si>
+  <si>
+    <t>Tanmeyah Chairman</t>
+  </si>
+  <si>
+    <t>Tanmeyah</t>
+  </si>
+  <si>
+    <t>Yasmine Haggag</t>
+  </si>
+  <si>
+    <t>Senior Director of Marketing, Products &amp; Sustainability</t>
+  </si>
+  <si>
+    <t>Pierre Kamal</t>
+  </si>
+  <si>
+    <t>Chief Risk officer</t>
+  </si>
+  <si>
+    <t>Waleed Rammah</t>
+  </si>
+  <si>
+    <t>CEO &amp; MD</t>
+  </si>
+  <si>
+    <t>Kareem El Sakka</t>
+  </si>
+  <si>
+    <t>Senior Director of Technology</t>
+  </si>
+  <si>
+    <t>Jurgen Hammer</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Senior Advisor</t>
+  </si>
+  <si>
+    <t>Cerise+SPTF</t>
+  </si>
+  <si>
+    <t>Pardis Mikaili</t>
+  </si>
+  <si>
+    <t>Investment Officer</t>
+  </si>
+  <si>
+    <t>Grameen Crédit Agricole</t>
+  </si>
+  <si>
+    <t>Khady Fall</t>
+  </si>
+  <si>
+    <t>Regional Investment Manager</t>
+  </si>
+  <si>
+    <t>Juliette Robert</t>
+  </si>
+  <si>
+    <t>Project Leader</t>
+  </si>
+  <si>
+    <t>Anvar Mamarajabov</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>Senior Investment Officer</t>
+  </si>
+  <si>
+    <t>Blueorchard Finance Ltd</t>
+  </si>
+  <si>
+    <t>Kateryna Morton</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Manager, Technical Assistance Management</t>
+  </si>
+  <si>
+    <t>Finance In Motion, SANAD Fund For MSME</t>
+  </si>
+  <si>
+    <t>Ahmed Mostafa Khalil</t>
+  </si>
+  <si>
+    <t>Iveta Tancheva-Nikolova</t>
+  </si>
+  <si>
+    <t>Portfolio Manager</t>
+  </si>
+  <si>
+    <t>Mathias Dittrich</t>
+  </si>
+  <si>
+    <t>Senior Manager, Investment Management</t>
+  </si>
+  <si>
+    <t>Michael Stürzer</t>
+  </si>
+  <si>
+    <t>Senior Officer, Fund Management</t>
+  </si>
+  <si>
+    <t>Asmus Rotne</t>
+  </si>
+  <si>
+    <t>Managing Partner</t>
+  </si>
+  <si>
+    <t>I.D. Inspiring Development Gmbh</t>
+  </si>
+  <si>
+    <t>Limited Liability Company (LLC)</t>
+  </si>
+  <si>
+    <t>Adel Rafuca</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>Al Tadhamun for Economic Development</t>
+  </si>
+  <si>
+    <t>Mohammed Hashim</t>
+  </si>
+  <si>
+    <t>Deputy Chairman</t>
+  </si>
+  <si>
+    <t>Adel Abdullah</t>
+  </si>
+  <si>
+    <t>Executive Director</t>
+  </si>
+  <si>
+    <t>Abdullah Kazzaz</t>
+  </si>
+  <si>
+    <t>Financial Manager</t>
+  </si>
+  <si>
+    <t>Mohamed Bachachi</t>
+  </si>
+  <si>
+    <t>Co-Direcor</t>
+  </si>
+  <si>
+    <t>Vitas Iraq</t>
+  </si>
+  <si>
+    <t>Hyader Nabil</t>
+  </si>
+  <si>
+    <t>Credit Manager</t>
+  </si>
+  <si>
+    <t>Mohammed Al-Najar</t>
+  </si>
+  <si>
+    <t>Samir Selim</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Head of Operations Africa &amp; Middle East</t>
+  </si>
+  <si>
+    <t>MFR</t>
+  </si>
+  <si>
+    <t>Advisory Service</t>
+  </si>
+  <si>
+    <t>Roxane Lemercier</t>
+  </si>
+  <si>
+    <t>Business Development Manager Africa &amp; Middle East</t>
+  </si>
+  <si>
+    <t>ADVISORY SERVICE</t>
+  </si>
+  <si>
+    <t>Moh'd Bdair</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Direbtor of AML</t>
+  </si>
+  <si>
+    <t>ADSTRA</t>
+  </si>
+  <si>
+    <t>Majd Raed Zahi Asakrieh</t>
+  </si>
+  <si>
+    <t>Branch Manager</t>
+  </si>
+  <si>
+    <t>Ahli Microfinance Company</t>
+  </si>
+  <si>
+    <t>Alaa  Sahawneh</t>
+  </si>
+  <si>
+    <t>Business Development and Marketing Manager</t>
+  </si>
+  <si>
+    <t>Khaled Jamal  Alberi</t>
+  </si>
+  <si>
+    <t>Loan Officer</t>
+  </si>
+  <si>
+    <t>Bashar Yunis</t>
+  </si>
+  <si>
+    <t>Ziyad Salem Musallam</t>
+  </si>
+  <si>
+    <t>Hala Hussam Saqr Khirfan</t>
+  </si>
+  <si>
+    <t>Credit Review Officer</t>
+  </si>
+  <si>
+    <t>Yazan Said  Abu AlHayja</t>
+  </si>
+  <si>
+    <t>Finance Assistant manager</t>
+  </si>
+  <si>
+    <t>Hana Nasri  AlSmadi</t>
+  </si>
+  <si>
+    <t>Lara Ghassan  Al-Hamed</t>
+  </si>
+  <si>
+    <t>Recruitment and Training Specialist</t>
+  </si>
+  <si>
+    <t>Mohammad  Alaghwat</t>
+  </si>
+  <si>
+    <t>Regional Manager</t>
+  </si>
+  <si>
+    <t>Noor Obiedat</t>
+  </si>
+  <si>
+    <t>Complince Manager</t>
+  </si>
+  <si>
+    <t>Aoun Finance</t>
+  </si>
+  <si>
+    <t>Rolla Abd Alrazeq</t>
+  </si>
+  <si>
+    <t>Nafe’ Abboushi</t>
+  </si>
+  <si>
+    <t>CEO and Cofounder</t>
+  </si>
+  <si>
+    <t>Balabnk</t>
+  </si>
+  <si>
+    <t>Khalid Awad</t>
+  </si>
+  <si>
+    <t>Chief Executive Officer &amp; Cofounder</t>
+  </si>
+  <si>
+    <t>Mutaz abu znad</t>
+  </si>
+  <si>
+    <t>Executive Manager</t>
+  </si>
+  <si>
+    <t>Central Bank of Jordan</t>
+  </si>
+  <si>
+    <t>Gov</t>
+  </si>
+  <si>
+    <t>Waleed Abu-Dalal</t>
+  </si>
+  <si>
+    <t>Finance Companies and Credit Bureaus Supervision Inspector</t>
+  </si>
+  <si>
+    <t>Musab Hasan</t>
+  </si>
+  <si>
+    <t>Head Of Examiner</t>
+  </si>
+  <si>
+    <t>Razan Aqeel</t>
+  </si>
+  <si>
+    <t>Head Of Licensing Division Of Finance Companies and Credit Bureaus</t>
+  </si>
+  <si>
+    <t>Farah Al-Sawalqah</t>
+  </si>
+  <si>
+    <t>Senior Specialist</t>
+  </si>
+  <si>
+    <t>Rula Mheissen</t>
+  </si>
+  <si>
+    <t>Director – MENA | Consumer Protection Specialist</t>
+  </si>
+  <si>
+    <t>Marwan Hemdan</t>
+  </si>
+  <si>
+    <t>CEO</t>
+  </si>
+  <si>
+    <t>Delta Informatics</t>
+  </si>
+  <si>
+    <t>Ashraf Qadomi</t>
+  </si>
+  <si>
+    <t>Director of AI</t>
+  </si>
+  <si>
+    <t>Lama Ajaiilat</t>
+  </si>
+  <si>
+    <t>Fintech Manager</t>
+  </si>
+  <si>
+    <t>Tareq Hamdan</t>
+  </si>
+  <si>
+    <t>Strategic Manager</t>
+  </si>
+  <si>
+    <t>Rola Tamary</t>
+  </si>
+  <si>
+    <t>Regional Sales Manager</t>
+  </si>
+  <si>
+    <t>Gate to Pay</t>
+  </si>
+  <si>
+    <t>Payment Service Provider - PSP</t>
+  </si>
+  <si>
+    <t>Mohammad Khlaifat</t>
+  </si>
+  <si>
+    <t>Deputy General Manager - Head of Business</t>
+  </si>
+  <si>
+    <t>Njoud H. Aweis</t>
+  </si>
+  <si>
+    <t>Suhib Abdeljawad</t>
+  </si>
+  <si>
+    <t>Jordan Microfinance Company "Tamweelcom"</t>
+  </si>
+  <si>
+    <t>Ibrahim Saif</t>
+  </si>
+  <si>
+    <t>Basem Khanfar</t>
+  </si>
+  <si>
+    <t>Issam Shnoudeh</t>
+  </si>
+  <si>
+    <t>Chief Operations Officer</t>
+  </si>
+  <si>
+    <t>Manar Abu Ali</t>
+  </si>
+  <si>
+    <t>Credit Management Director</t>
+  </si>
+  <si>
+    <t>Amer Khalaf</t>
+  </si>
+  <si>
+    <t>Digital Transformation Director</t>
+  </si>
+  <si>
+    <t>Mohammad Iqtami</t>
+  </si>
+  <si>
+    <t>District Manager</t>
+  </si>
+  <si>
+    <t>Nisreen Alsourani</t>
+  </si>
+  <si>
+    <t>Human Resources &amp; Organizational Development Director</t>
+  </si>
+  <si>
+    <t>Nour Al Deen Khalil</t>
+  </si>
+  <si>
+    <t>Eyad Alkawamleh</t>
+  </si>
+  <si>
+    <t>Relationship Officer</t>
+  </si>
+  <si>
+    <t>ALI ABDEL JABBAR</t>
+  </si>
+  <si>
+    <t>MEPS</t>
+  </si>
+  <si>
+    <t>Payments Company</t>
+  </si>
+  <si>
+    <t>Ali GHAZI ALZOUBI</t>
+  </si>
+  <si>
+    <t>Sales and Merchants relations Manager</t>
+  </si>
+  <si>
+    <t>Maha Al Said</t>
+  </si>
+  <si>
+    <t>Microfund for Women</t>
+  </si>
+  <si>
+    <t>Tohama Nabulsi</t>
+  </si>
+  <si>
+    <t>Director Of Pr&amp; External Communications</t>
+  </si>
+  <si>
+    <t>Lama Totah</t>
+  </si>
+  <si>
+    <t>Monitoring &amp; Evaluation Senior Manager</t>
+  </si>
+  <si>
+    <t>Samar Al Ghlid</t>
+  </si>
+  <si>
+    <t>Network Manager</t>
+  </si>
+  <si>
+    <t>Bdour Alhyari</t>
+  </si>
+  <si>
+    <t>Senior Director Of Strategic Planning And Business Development</t>
+  </si>
+  <si>
+    <t>Sameh AL Mahariq</t>
+  </si>
+  <si>
+    <t>National Microfinance Company</t>
+  </si>
+  <si>
+    <t>Mohammad AL Qadi</t>
+  </si>
+  <si>
+    <t>Legal Department Manager</t>
+  </si>
+  <si>
+    <t>Ayman Shoukier</t>
+  </si>
+  <si>
+    <t>Baha Mezher</t>
+  </si>
+  <si>
+    <t>Tamer ALgharablaa</t>
+  </si>
+  <si>
+    <t>Sahel Asaad</t>
+  </si>
+  <si>
+    <t>Reham Suwwan</t>
+  </si>
+  <si>
+    <t>Credit Officers Supervisor</t>
+  </si>
+  <si>
+    <t>Nour   Alzoubi</t>
+  </si>
+  <si>
+    <t>Rana Hamdan</t>
+  </si>
+  <si>
+    <t>Sanadcom</t>
+  </si>
+  <si>
+    <t>MFCs</t>
+  </si>
+  <si>
+    <t>Nisreen Khasawneh</t>
+  </si>
+  <si>
+    <t>Tanmeyah Jordan Microfinance Network</t>
+  </si>
+  <si>
+    <t>Victor Sirinay</t>
+  </si>
+  <si>
+    <t>Chief Microfinance Department</t>
+  </si>
+  <si>
+    <t>UNRWA</t>
+  </si>
+  <si>
+    <t>UN Agency</t>
+  </si>
+  <si>
+    <t>DAVID KITUSA</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>DIRECTOR, BUSINESS DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>Kiva</t>
+  </si>
+  <si>
+    <t>Youssef Fawaz</t>
+  </si>
+  <si>
+    <t>Lebanon</t>
+  </si>
+  <si>
+    <t>Al Majmoua</t>
+  </si>
+  <si>
+    <t>Mira Mneimeh</t>
+  </si>
+  <si>
+    <t>Fianance Manager</t>
+  </si>
+  <si>
+    <t>Ali Hijazi</t>
+  </si>
+  <si>
+    <t>Lebanon Country Representative- Director</t>
+  </si>
+  <si>
+    <t>Corus International</t>
+  </si>
+  <si>
+    <t>Vaco Keutelian</t>
+  </si>
+  <si>
+    <t>MicroCredit Program Manager</t>
+  </si>
+  <si>
+    <t>Makhzoumi Foundation</t>
+  </si>
+  <si>
+    <t>Sawsan Chebaro</t>
+  </si>
+  <si>
+    <t>MicroCredit Program Operations Manager</t>
+  </si>
+  <si>
+    <t>Khadija Bennani</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>Communication Officer</t>
+  </si>
+  <si>
+    <t>Al Amana Microfinance</t>
+  </si>
+  <si>
+    <t>Mokhless Ali</t>
+  </si>
+  <si>
+    <t>Head of Financing and Treasury</t>
+  </si>
+  <si>
+    <t>Narjisse Lyakoubi</t>
+  </si>
+  <si>
+    <t>Head of Organization</t>
+  </si>
+  <si>
+    <t>Amina Ouzir</t>
+  </si>
+  <si>
+    <t>Head of Purchasing and Asset Management</t>
+  </si>
+  <si>
+    <t>El Ouasiai</t>
+  </si>
+  <si>
+    <t>Human Resources Manager</t>
+  </si>
+  <si>
+    <t>Latrach Younes</t>
+  </si>
+  <si>
+    <t>Internal Audit Director</t>
+  </si>
+  <si>
+    <t>Houria Marraky</t>
+  </si>
+  <si>
+    <t>Training Officer</t>
+  </si>
+  <si>
+    <t>Centre Mohammed VI De Soutien À La Microfinance Solidaire</t>
+  </si>
+  <si>
+    <t>Hicham Kharrou</t>
+  </si>
+  <si>
+    <t>Fondation Attawfiq Microfinance</t>
+  </si>
+  <si>
+    <t>Youssef Mekouar</t>
+  </si>
+  <si>
+    <t>Senior Operations Officer</t>
+  </si>
+  <si>
+    <t>Rafia Saleem</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Operations Officer</t>
+  </si>
+  <si>
+    <t>Amer Hidmi</t>
+  </si>
+  <si>
+    <t>Palestine</t>
+  </si>
+  <si>
+    <t>Vitas Palestine</t>
+  </si>
+  <si>
+    <t>Nisreen Samarah</t>
+  </si>
+  <si>
+    <t>Area Maneger</t>
+  </si>
+  <si>
+    <t>ASALA</t>
+  </si>
+  <si>
+    <t>Maher Darbas</t>
+  </si>
+  <si>
+    <t>Rola Tadros</t>
+  </si>
+  <si>
+    <t>Credit Monitoring &amp; Collection Manager</t>
+  </si>
+  <si>
+    <t>Samar Mahfouz Qarout</t>
+  </si>
+  <si>
+    <t>Credit Risk and Portfolio Manager</t>
+  </si>
+  <si>
+    <t>Daman for SMEs</t>
+  </si>
+  <si>
+    <t>Jihad Kaloub</t>
+  </si>
+  <si>
+    <t>FIS (Future Information Systems)</t>
+  </si>
+  <si>
+    <t>Software &amp; FinTech Solutions Provider</t>
+  </si>
+  <si>
+    <t>Lina Wishahi</t>
+  </si>
+  <si>
+    <t>Account Management</t>
+  </si>
+  <si>
+    <t>Mohammed Khaled</t>
+  </si>
+  <si>
+    <t>Founding Member</t>
+  </si>
+  <si>
+    <t>Lubna Aboudi</t>
+  </si>
+  <si>
+    <t>Investment and Treasury Manager</t>
+  </si>
+  <si>
+    <t>Palestine for Credit and Development - Faten</t>
+  </si>
+  <si>
+    <t>Mrs. Arwa Al-Ayed</t>
+  </si>
+  <si>
+    <t>Senior Analyst</t>
+  </si>
+  <si>
+    <t>Palestine Monetary Authority</t>
+  </si>
+  <si>
+    <t>Mohammad Alkhodari</t>
+  </si>
+  <si>
+    <t>Volteire Kharoufeh</t>
+  </si>
+  <si>
+    <t>Jane Giacaman</t>
+  </si>
+  <si>
+    <t>Director Microfinance Department</t>
+  </si>
+  <si>
+    <t>Ahmad Eid</t>
+  </si>
+  <si>
+    <t>Abdullah Kassim</t>
+  </si>
+  <si>
+    <t>Qatar</t>
+  </si>
+  <si>
+    <t>Enterprise Development Manager</t>
+  </si>
+  <si>
+    <t>Education Above All Foundation</t>
+  </si>
+  <si>
+    <t>Sara Keshaish</t>
+  </si>
+  <si>
+    <t>Enterprise Development Officer</t>
+  </si>
+  <si>
+    <t>Huda Alsulami</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>Sulaiman Al Rajhi Development Finance Foundation</t>
+  </si>
+  <si>
+    <t>Mohammed H.Alkhamis</t>
+  </si>
+  <si>
+    <t>Nourah Ibrahim Al Barrak</t>
+  </si>
+  <si>
+    <t>Deputy CEO- Economic Empowerment</t>
+  </si>
+  <si>
+    <t>Nadiah Alateeq</t>
+  </si>
+  <si>
+    <t>Director of Operations Department</t>
+  </si>
+  <si>
+    <t>Eman Alzakan</t>
+  </si>
+  <si>
+    <t>Abdulhakeem Saleh Aldawood</t>
+  </si>
+  <si>
+    <t>Vice Preesident for Development Finance</t>
+  </si>
+  <si>
+    <t>Sulaiman Al-Rajhi for Development Finance</t>
+  </si>
+  <si>
+    <t>Ismail Mohamud</t>
+  </si>
+  <si>
+    <t>Somalia</t>
+  </si>
+  <si>
+    <t>Somali Microfinance Association</t>
+  </si>
+  <si>
+    <t>Siddig Hassan Faireen Kiraiz</t>
+  </si>
+  <si>
+    <t>Sudan</t>
+  </si>
+  <si>
+    <t>Board Chairman</t>
+  </si>
+  <si>
+    <t>Alamal Program Social Development Foundation</t>
+  </si>
+  <si>
+    <t>Braha Mustafa Elzain Mohamed</t>
+  </si>
+  <si>
+    <t>Nagla Merghhni Babiker Mohamed</t>
+  </si>
+  <si>
+    <t>Development and Monitoring Manager</t>
+  </si>
+  <si>
+    <t>Abdelmuiz Abdelkhalig Ahmed</t>
+  </si>
+  <si>
+    <t>ICT Manager</t>
+  </si>
+  <si>
+    <t>Mr. Ahmed Osman Hamza</t>
+  </si>
+  <si>
+    <t>Governor of Khartoum State – General Supervisor of Al-Amal Program – Social Development Corporation Head of Delegation</t>
+  </si>
+  <si>
+    <t>Government</t>
+  </si>
+  <si>
+    <t>Mahmoud Abdulrazzaq</t>
+  </si>
+  <si>
+    <t>Syria</t>
+  </si>
+  <si>
+    <t>Meriem Zine</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>ADVANS TUNISIE</t>
+  </si>
+  <si>
+    <t>Mohamed Kamel Saibi</t>
+  </si>
+  <si>
+    <t>DAAM</t>
+  </si>
+  <si>
+    <t>Mohamed Mehdi Essafi</t>
+  </si>
+  <si>
+    <t>Directeur Crédit</t>
+  </si>
+  <si>
+    <t>Dorra Filali</t>
+  </si>
+  <si>
+    <t>Corporate Secretary</t>
+  </si>
+  <si>
+    <t>Enda Tamweel</t>
+  </si>
+  <si>
+    <t>Olfa Ghalleb</t>
+  </si>
+  <si>
+    <t>Directrice des ressources humaines</t>
+  </si>
+  <si>
+    <t>Besma Toufehi</t>
+  </si>
+  <si>
+    <t>Directrice Régionale</t>
+  </si>
+  <si>
+    <t>Mohamed Zmandar</t>
+  </si>
+  <si>
+    <t>Seifeddine Borji</t>
+  </si>
+  <si>
+    <t>IT Industrialization and Integration Manager</t>
+  </si>
+  <si>
+    <t>Kais Ghrairi</t>
+  </si>
+  <si>
+    <t>Director of management control</t>
+  </si>
+  <si>
+    <t>Yassine Housseini</t>
+  </si>
+  <si>
+    <t>Chief Credit Officer</t>
+  </si>
+  <si>
+    <t>Burcu Karpuz</t>
+  </si>
+  <si>
+    <t>Tureky</t>
+  </si>
+  <si>
+    <t>Regional Director, Investment Management</t>
+  </si>
+  <si>
+    <t>Clara Puymartin</t>
+  </si>
+  <si>
+    <t>United States of America</t>
+  </si>
+  <si>
+    <t>Project Management Officer</t>
+  </si>
+  <si>
+    <t>Amr Sanaa</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Expansion Manager North Africa &amp; Levant</t>
+  </si>
+  <si>
+    <t>dlocal</t>
+  </si>
+  <si>
+    <t>Mohammed Al-Lai</t>
+  </si>
+  <si>
+    <t>Yemen</t>
+  </si>
+  <si>
+    <t>Al-Amal Microfinance Bank (AMB)</t>
+  </si>
+  <si>
+    <t>Belal Ghulais</t>
+  </si>
+  <si>
+    <t>Banking Services Manager</t>
+  </si>
+  <si>
+    <t>Aseel Al-Merabi</t>
+  </si>
+  <si>
+    <t>International Partnerships &amp; Cooperation Officer</t>
+  </si>
+  <si>
+    <t>Nabil Al-Montaser</t>
+  </si>
+  <si>
+    <t>Board Director</t>
+  </si>
+  <si>
+    <t>Al-Itihad Microfinance Program</t>
+  </si>
+  <si>
+    <t>Amena Mohsen A-Abd</t>
+  </si>
+  <si>
+    <t>Mohammed AlFawdaiy</t>
+  </si>
+  <si>
+    <t>CEO Assistant For Digital</t>
+  </si>
+  <si>
+    <t>Alkuraimi Islamic Microfinance Bank</t>
+  </si>
+  <si>
+    <t>Elouazna Bousbia</t>
+  </si>
+  <si>
+    <t>CEO Assistant For Financing</t>
+  </si>
+  <si>
+    <t>Yousef Alkuraimi</t>
+  </si>
+  <si>
+    <t>Mohammed Algalal</t>
+  </si>
+  <si>
+    <t>Finance Risk Management Director</t>
+  </si>
+  <si>
+    <t>Thiyazan Abbas Alqadi</t>
+  </si>
+  <si>
+    <t>Financing Director</t>
+  </si>
+  <si>
+    <t>Nafaa Ahmed Abdo Ali</t>
+  </si>
+  <si>
+    <t>Head of financing Quality Department</t>
+  </si>
+  <si>
+    <t>Rizq Ahmed al Ghaili</t>
+  </si>
+  <si>
+    <t>System Management financing Director</t>
+  </si>
+  <si>
+    <t>Ramzi Faozi Saleh Barabaa</t>
+  </si>
+  <si>
+    <t>Treaury and Investment Manger</t>
+  </si>
+  <si>
+    <t>Al-Qutaibi Islamic Bank</t>
+  </si>
+  <si>
+    <t>Nayf  Akil</t>
+  </si>
+  <si>
+    <t>Program quality manager</t>
+  </si>
+  <si>
+    <t>Building Foundation for Development</t>
+  </si>
+  <si>
+    <t>Moqbel Nasser</t>
+  </si>
+  <si>
+    <t>Finance manager</t>
+  </si>
+  <si>
+    <t>Abdulrahman Mohamad Omar Assaqqaf</t>
+  </si>
+  <si>
+    <t>Hadhramout Microfinance Program</t>
+  </si>
+  <si>
+    <t>Fouzi Mohfood Bin Zeela</t>
+  </si>
+  <si>
+    <t>Asharf Alamin Ali</t>
+  </si>
+  <si>
+    <t>.</t>
+  </si>
+  <si>
+    <t>Khaled Qaid Yahya Gaadan</t>
+  </si>
+  <si>
+    <t>Member of Board of Directors</t>
+  </si>
+  <si>
+    <t>Nama Development &amp; Microfinance foundation</t>
+  </si>
+  <si>
+    <t>Wazea Aziz Taresh Sadaan</t>
+  </si>
+  <si>
+    <t>Mahammed Ali  Al-Farran</t>
+  </si>
+  <si>
+    <t>Chairman of Board of Directors</t>
+  </si>
+  <si>
+    <t>Taha Ali Eskandar</t>
+  </si>
+  <si>
+    <t>Assistant Vice Chairman &amp; Managing Director</t>
+  </si>
+  <si>
+    <t>Qasemi Islamic Microfinance Bank</t>
+  </si>
+  <si>
+    <t>Bandar Ali</t>
+  </si>
+  <si>
+    <t>International Partnerships &amp; Programs Manager</t>
+  </si>
+  <si>
+    <t>Ammar Al-Qasemi</t>
+  </si>
+  <si>
+    <t>Vice Chairman &amp; Managing Director</t>
+  </si>
+  <si>
+    <t>Ammar Sultan Al-Qasemi</t>
+  </si>
+  <si>
+    <t>Shadi Al-Mmaneefi</t>
+  </si>
+  <si>
+    <t>Deputy Executive Director of Financial and Banking Operations</t>
+  </si>
+  <si>
+    <t>Mohamed Abdulsamad Al-Absi</t>
+  </si>
+  <si>
+    <t>Sharq Yemeni Bank for Islamic Microfinance</t>
+  </si>
+  <si>
+    <t>Jalal abdo</t>
+  </si>
+  <si>
+    <t>Vice Chairman of the Board</t>
+  </si>
+  <si>
+    <t>Refat AL-Ma’amari</t>
+  </si>
+  <si>
+    <t>Tadhamon Microfinance</t>
+  </si>
+  <si>
+    <t>SAMI AL-KABODI</t>
+  </si>
+  <si>
+    <t>Deputy Executive Director for Finance and Risk</t>
+  </si>
+  <si>
+    <t>Ibrahim Al-Sukaimi</t>
+  </si>
+  <si>
+    <t>Yemen Microfinance Network</t>
+  </si>
+  <si>
+    <t>Gawaher Ali Hussein</t>
+  </si>
+  <si>
+    <t>Hani Al-Fakih</t>
+  </si>
+  <si>
+    <t>Deputy Chief Executive Officer</t>
+  </si>
+  <si>
+    <t>Emad Al-Matari</t>
+  </si>
+  <si>
+    <t>Finance Manager</t>
+  </si>
+  <si>
+    <t>Ameen Al-Awli</t>
+  </si>
+  <si>
+    <t>Project and Program Manager</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -396,88 +1929,5332 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1"/>
+  <dimension ref="A1:G229"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.427" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.419" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.283" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
+      <c r="A2">
+        <v>1</v>
+      </c>
+      <c r="B2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
+      <c r="A4">
+        <v>3</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6">
+        <v>5</v>
+      </c>
+      <c r="B6" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7">
+        <v>6</v>
+      </c>
+      <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" t="s">
+        <v>9</v>
+      </c>
+      <c r="E7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" t="s">
+        <v>26</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
+        <v>14</v>
+      </c>
+      <c r="D14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" t="s">
+        <v>14</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" t="s">
+        <v>8</v>
+      </c>
+      <c r="D17" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" t="s">
+        <v>45</v>
+      </c>
+      <c r="F17" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C18" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G19" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" t="s">
+        <v>9</v>
+      </c>
+      <c r="E20" t="s">
+        <v>53</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" t="s">
+        <v>9</v>
+      </c>
+      <c r="E21" t="s">
+        <v>55</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" t="s">
+        <v>14</v>
+      </c>
+      <c r="D22" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" t="s">
+        <v>57</v>
+      </c>
+      <c r="G22" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>58</v>
+      </c>
+      <c r="C23" t="s">
+        <v>14</v>
+      </c>
+      <c r="D23" t="s">
+        <v>9</v>
+      </c>
+      <c r="E23" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" t="s">
+        <v>57</v>
+      </c>
+      <c r="G23" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" t="s">
+        <v>14</v>
+      </c>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>61</v>
+      </c>
+      <c r="F24" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" t="s">
+        <v>14</v>
+      </c>
+      <c r="D25" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" t="s">
+        <v>14</v>
+      </c>
+      <c r="D26" t="s">
+        <v>9</v>
+      </c>
+      <c r="E26" t="s">
+        <v>65</v>
+      </c>
+      <c r="F26" t="s">
+        <v>57</v>
+      </c>
+      <c r="G26" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27" t="s">
+        <v>66</v>
+      </c>
+      <c r="C27" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" t="s">
+        <v>9</v>
+      </c>
+      <c r="E27" t="s">
+        <v>67</v>
+      </c>
+      <c r="F27" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" t="s">
+        <v>14</v>
+      </c>
+      <c r="D28" t="s">
+        <v>9</v>
+      </c>
+      <c r="E28" t="s">
+        <v>71</v>
+      </c>
+      <c r="F28" t="s">
+        <v>72</v>
+      </c>
+      <c r="G28" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29" t="s">
+        <v>74</v>
+      </c>
+      <c r="C29" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" t="s">
+        <v>9</v>
+      </c>
+      <c r="E29" t="s">
+        <v>75</v>
+      </c>
+      <c r="F29" t="s">
+        <v>76</v>
+      </c>
+      <c r="G29" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>78</v>
+      </c>
+      <c r="C30" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" t="s">
+        <v>9</v>
+      </c>
+      <c r="E30" t="s">
+        <v>79</v>
+      </c>
+      <c r="F30" t="s">
+        <v>76</v>
+      </c>
+      <c r="G30" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" t="s">
+        <v>9</v>
+      </c>
+      <c r="E31" t="s">
+        <v>81</v>
+      </c>
+      <c r="F31" t="s">
+        <v>82</v>
+      </c>
+      <c r="G31" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" t="s">
+        <v>84</v>
+      </c>
+      <c r="F32" t="s">
+        <v>85</v>
+      </c>
+      <c r="G32" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33" t="s">
+        <v>87</v>
+      </c>
+      <c r="C33" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" t="s">
+        <v>9</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>85</v>
+      </c>
+      <c r="G33" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" t="s">
+        <v>9</v>
+      </c>
+      <c r="E34" t="s">
+        <v>90</v>
+      </c>
+      <c r="F34" t="s">
+        <v>85</v>
+      </c>
+      <c r="G34" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" t="s">
+        <v>9</v>
+      </c>
+      <c r="E35" t="s">
+        <v>92</v>
+      </c>
+      <c r="F35" t="s">
+        <v>93</v>
+      </c>
+      <c r="G35" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36" t="s">
+        <v>95</v>
+      </c>
+      <c r="C36" t="s">
+        <v>14</v>
+      </c>
+      <c r="D36" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" t="s">
+        <v>37</v>
+      </c>
+      <c r="F36" t="s">
+        <v>96</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37" t="s">
+        <v>97</v>
+      </c>
+      <c r="C37" t="s">
+        <v>14</v>
+      </c>
+      <c r="D37" t="s">
+        <v>9</v>
+      </c>
+      <c r="E37" t="s">
+        <v>98</v>
+      </c>
+      <c r="F37" t="s">
+        <v>96</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" t="s">
+        <v>99</v>
+      </c>
+      <c r="C38" t="s">
+        <v>14</v>
+      </c>
+      <c r="D38" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" t="s">
+        <v>100</v>
+      </c>
+      <c r="F38" t="s">
+        <v>96</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" t="s">
+        <v>101</v>
+      </c>
+      <c r="C39" t="s">
+        <v>14</v>
+      </c>
+      <c r="D39" t="s">
+        <v>9</v>
+      </c>
+      <c r="E39" t="s">
+        <v>102</v>
+      </c>
+      <c r="F39" t="s">
+        <v>96</v>
+      </c>
+      <c r="G39" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
+        <v>103</v>
+      </c>
+      <c r="C40" t="s">
+        <v>14</v>
+      </c>
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" t="s">
+        <v>43</v>
+      </c>
+      <c r="F40" t="s">
+        <v>96</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41" t="s">
+        <v>104</v>
+      </c>
+      <c r="C41" t="s">
+        <v>14</v>
+      </c>
+      <c r="D41" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F41" t="s">
+        <v>106</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42" t="s">
+        <v>107</v>
+      </c>
+      <c r="C42" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" t="s">
+        <v>88</v>
+      </c>
+      <c r="F42" t="s">
+        <v>108</v>
+      </c>
+      <c r="G42" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43" t="s">
+        <v>109</v>
+      </c>
+      <c r="C43" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" t="s">
+        <v>110</v>
+      </c>
+      <c r="F43" t="s">
+        <v>108</v>
+      </c>
+      <c r="G43" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44" t="s">
+        <v>111</v>
+      </c>
+      <c r="C44" t="s">
+        <v>14</v>
+      </c>
+      <c r="D44" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" t="s">
+        <v>112</v>
+      </c>
+      <c r="F44" t="s">
+        <v>113</v>
+      </c>
+      <c r="G44" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45" t="s">
+        <v>14</v>
+      </c>
+      <c r="D45" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" t="s">
+        <v>116</v>
+      </c>
+      <c r="F45" t="s">
+        <v>113</v>
+      </c>
+      <c r="G45" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46">
+        <v>45</v>
+      </c>
+      <c r="B46" t="s">
+        <v>117</v>
+      </c>
+      <c r="C46" t="s">
+        <v>14</v>
+      </c>
+      <c r="D46" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" t="s">
+        <v>118</v>
+      </c>
+      <c r="F46" t="s">
+        <v>113</v>
+      </c>
+      <c r="G46" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47">
+        <v>46</v>
+      </c>
+      <c r="B47" t="s">
+        <v>119</v>
+      </c>
+      <c r="C47" t="s">
+        <v>14</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" t="s">
+        <v>105</v>
+      </c>
+      <c r="F47" t="s">
+        <v>113</v>
+      </c>
+      <c r="G47" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48">
+        <v>47</v>
+      </c>
+      <c r="B48" t="s">
+        <v>120</v>
+      </c>
+      <c r="C48" t="s">
+        <v>14</v>
+      </c>
+      <c r="D48" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" t="s">
+        <v>121</v>
+      </c>
+      <c r="F48" t="s">
+        <v>113</v>
+      </c>
+      <c r="G48" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49" t="s">
+        <v>122</v>
+      </c>
+      <c r="C49" t="s">
+        <v>14</v>
+      </c>
+      <c r="D49" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" t="s">
+        <v>123</v>
+      </c>
+      <c r="F49" t="s">
+        <v>113</v>
+      </c>
+      <c r="G49" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50" t="s">
+        <v>124</v>
+      </c>
+      <c r="C50" t="s">
+        <v>14</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" t="s">
+        <v>125</v>
+      </c>
+      <c r="F50" t="s">
+        <v>113</v>
+      </c>
+      <c r="G50" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" t="s">
+        <v>14</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>125</v>
+      </c>
+      <c r="F51" t="s">
+        <v>113</v>
+      </c>
+      <c r="G51" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52" t="s">
+        <v>127</v>
+      </c>
+      <c r="C52" t="s">
+        <v>14</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>128</v>
+      </c>
+      <c r="F52" t="s">
+        <v>113</v>
+      </c>
+      <c r="G52" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53" t="s">
+        <v>129</v>
+      </c>
+      <c r="C53" t="s">
+        <v>14</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
+        <v>130</v>
+      </c>
+      <c r="F53" t="s">
+        <v>113</v>
+      </c>
+      <c r="G53" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54">
+        <v>53</v>
+      </c>
+      <c r="B54" t="s">
+        <v>131</v>
+      </c>
+      <c r="C54" t="s">
+        <v>14</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>132</v>
+      </c>
+      <c r="F54" t="s">
+        <v>113</v>
+      </c>
+      <c r="G54" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55">
+        <v>54</v>
+      </c>
+      <c r="B55" t="s">
+        <v>133</v>
+      </c>
+      <c r="C55" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" t="s">
+        <v>134</v>
+      </c>
+      <c r="F55" t="s">
+        <v>135</v>
+      </c>
+      <c r="G55" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56">
+        <v>55</v>
+      </c>
+      <c r="B56" t="s">
+        <v>136</v>
+      </c>
+      <c r="C56" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" t="s">
+        <v>9</v>
+      </c>
+      <c r="E56" t="s">
+        <v>137</v>
+      </c>
+      <c r="F56" t="s">
+        <v>135</v>
+      </c>
+      <c r="G56" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57">
+        <v>56</v>
+      </c>
+      <c r="B57" t="s">
+        <v>138</v>
+      </c>
+      <c r="C57" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
+        <v>139</v>
+      </c>
+      <c r="F57" t="s">
+        <v>135</v>
+      </c>
+      <c r="G57" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58">
+        <v>57</v>
+      </c>
+      <c r="B58" t="s">
+        <v>140</v>
+      </c>
+      <c r="C58" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" t="s">
+        <v>141</v>
+      </c>
+      <c r="F58" t="s">
+        <v>135</v>
+      </c>
+      <c r="G58" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59">
+        <v>58</v>
+      </c>
+      <c r="B59" t="s">
+        <v>142</v>
+      </c>
+      <c r="C59" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" t="s">
+        <v>9</v>
+      </c>
+      <c r="E59" t="s">
+        <v>143</v>
+      </c>
+      <c r="F59" t="s">
+        <v>135</v>
+      </c>
+      <c r="G59" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60" t="s">
+        <v>144</v>
+      </c>
+      <c r="C60" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" t="s">
+        <v>145</v>
+      </c>
+      <c r="E60" t="s">
+        <v>146</v>
+      </c>
+      <c r="F60" t="s">
+        <v>147</v>
+      </c>
+      <c r="G60" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61" t="s">
+        <v>148</v>
+      </c>
+      <c r="C61" t="s">
+        <v>8</v>
+      </c>
+      <c r="D61" t="s">
+        <v>145</v>
+      </c>
+      <c r="E61" t="s">
+        <v>149</v>
+      </c>
+      <c r="F61" t="s">
+        <v>150</v>
+      </c>
+      <c r="G61" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62">
+        <v>61</v>
+      </c>
+      <c r="B62" t="s">
+        <v>151</v>
+      </c>
+      <c r="C62" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" t="s">
+        <v>145</v>
+      </c>
+      <c r="E62" t="s">
+        <v>152</v>
+      </c>
+      <c r="F62" t="s">
+        <v>150</v>
+      </c>
+      <c r="G62" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63">
+        <v>62</v>
+      </c>
+      <c r="B63" t="s">
+        <v>153</v>
+      </c>
+      <c r="C63" t="s">
+        <v>8</v>
+      </c>
+      <c r="D63" t="s">
+        <v>145</v>
+      </c>
+      <c r="E63" t="s">
+        <v>154</v>
+      </c>
+      <c r="F63" t="s">
+        <v>76</v>
+      </c>
+      <c r="G63" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64">
+        <v>63</v>
+      </c>
+      <c r="B64" t="s">
+        <v>155</v>
+      </c>
+      <c r="C64" t="s">
+        <v>8</v>
+      </c>
+      <c r="D64" t="s">
+        <v>156</v>
+      </c>
+      <c r="E64" t="s">
+        <v>157</v>
+      </c>
+      <c r="F64" t="s">
+        <v>158</v>
+      </c>
+      <c r="G64" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65">
+        <v>64</v>
+      </c>
+      <c r="B65" t="s">
+        <v>159</v>
+      </c>
+      <c r="C65" t="s">
+        <v>14</v>
+      </c>
+      <c r="D65" t="s">
+        <v>160</v>
+      </c>
+      <c r="E65" t="s">
+        <v>161</v>
+      </c>
+      <c r="F65" t="s">
+        <v>162</v>
+      </c>
+      <c r="G65" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66">
+        <v>65</v>
+      </c>
+      <c r="B66" t="s">
+        <v>163</v>
+      </c>
+      <c r="C66" t="s">
+        <v>14</v>
+      </c>
+      <c r="D66" t="s">
+        <v>160</v>
+      </c>
+      <c r="E66" t="s">
+        <v>71</v>
+      </c>
+      <c r="F66" t="s">
+        <v>72</v>
+      </c>
+      <c r="G66" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67">
+        <v>66</v>
+      </c>
+      <c r="B67" t="s">
+        <v>164</v>
+      </c>
+      <c r="C67" t="s">
+        <v>14</v>
+      </c>
+      <c r="D67" t="s">
+        <v>160</v>
+      </c>
+      <c r="E67" t="s">
+        <v>165</v>
+      </c>
+      <c r="F67" t="s">
+        <v>72</v>
+      </c>
+      <c r="G67" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68">
+        <v>67</v>
+      </c>
+      <c r="B68" t="s">
+        <v>166</v>
+      </c>
+      <c r="C68" t="s">
+        <v>14</v>
+      </c>
+      <c r="D68" t="s">
+        <v>160</v>
+      </c>
+      <c r="E68" t="s">
+        <v>167</v>
+      </c>
+      <c r="F68" t="s">
+        <v>72</v>
+      </c>
+      <c r="G68" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69">
+        <v>68</v>
+      </c>
+      <c r="B69" t="s">
+        <v>168</v>
+      </c>
+      <c r="C69" t="s">
+        <v>14</v>
+      </c>
+      <c r="D69" t="s">
+        <v>160</v>
+      </c>
+      <c r="E69" t="s">
+        <v>169</v>
+      </c>
+      <c r="F69" t="s">
+        <v>72</v>
+      </c>
+      <c r="G69" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70" t="s">
+        <v>170</v>
+      </c>
+      <c r="C70" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" t="s">
+        <v>160</v>
+      </c>
+      <c r="E70" t="s">
+        <v>171</v>
+      </c>
+      <c r="F70" t="s">
+        <v>172</v>
+      </c>
+      <c r="G70" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71" t="s">
+        <v>174</v>
+      </c>
+      <c r="C71" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" t="s">
+        <v>175</v>
+      </c>
+      <c r="E71" t="s">
+        <v>59</v>
+      </c>
+      <c r="F71" t="s">
+        <v>176</v>
+      </c>
+      <c r="G71" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72" t="s">
+        <v>177</v>
+      </c>
+      <c r="C72" t="s">
+        <v>8</v>
+      </c>
+      <c r="D72" t="s">
+        <v>175</v>
+      </c>
+      <c r="E72" t="s">
+        <v>178</v>
+      </c>
+      <c r="F72" t="s">
+        <v>176</v>
+      </c>
+      <c r="G72" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73">
+        <v>72</v>
+      </c>
+      <c r="B73" t="s">
+        <v>179</v>
+      </c>
+      <c r="C73" t="s">
+        <v>8</v>
+      </c>
+      <c r="D73" t="s">
+        <v>175</v>
+      </c>
+      <c r="E73" t="s">
+        <v>180</v>
+      </c>
+      <c r="F73" t="s">
+        <v>176</v>
+      </c>
+      <c r="G73" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74">
+        <v>73</v>
+      </c>
+      <c r="B74" t="s">
+        <v>181</v>
+      </c>
+      <c r="C74" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" t="s">
+        <v>175</v>
+      </c>
+      <c r="E74" t="s">
+        <v>182</v>
+      </c>
+      <c r="F74" t="s">
+        <v>176</v>
+      </c>
+      <c r="G74" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75">
+        <v>74</v>
+      </c>
+      <c r="B75" t="s">
+        <v>183</v>
+      </c>
+      <c r="C75" t="s">
+        <v>14</v>
+      </c>
+      <c r="D75" t="s">
+        <v>175</v>
+      </c>
+      <c r="E75" t="s">
+        <v>184</v>
+      </c>
+      <c r="F75" t="s">
+        <v>185</v>
+      </c>
+      <c r="G75" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76">
+        <v>75</v>
+      </c>
+      <c r="B76" t="s">
+        <v>186</v>
+      </c>
+      <c r="C76" t="s">
+        <v>14</v>
+      </c>
+      <c r="D76" t="s">
+        <v>175</v>
+      </c>
+      <c r="E76" t="s">
+        <v>187</v>
+      </c>
+      <c r="F76" t="s">
+        <v>185</v>
+      </c>
+      <c r="G76" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77">
+        <v>76</v>
+      </c>
+      <c r="B77" t="s">
+        <v>188</v>
+      </c>
+      <c r="C77" t="s">
+        <v>14</v>
+      </c>
+      <c r="D77" t="s">
+        <v>175</v>
+      </c>
+      <c r="E77" t="s">
+        <v>184</v>
+      </c>
+      <c r="F77" t="s">
+        <v>185</v>
+      </c>
+      <c r="G77" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78">
+        <v>77</v>
+      </c>
+      <c r="B78" t="s">
+        <v>189</v>
+      </c>
+      <c r="C78" t="s">
+        <v>8</v>
+      </c>
+      <c r="D78" t="s">
+        <v>190</v>
+      </c>
+      <c r="E78" t="s">
+        <v>191</v>
+      </c>
+      <c r="F78" t="s">
+        <v>192</v>
+      </c>
+      <c r="G78" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79">
+        <v>78</v>
+      </c>
+      <c r="B79" t="s">
+        <v>194</v>
+      </c>
+      <c r="C79" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" t="s">
+        <v>190</v>
+      </c>
+      <c r="E79" t="s">
+        <v>195</v>
+      </c>
+      <c r="F79" t="s">
+        <v>192</v>
+      </c>
+      <c r="G79" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80">
+        <v>79</v>
+      </c>
+      <c r="B80" t="s">
+        <v>197</v>
+      </c>
+      <c r="C80" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" t="s">
+        <v>198</v>
+      </c>
+      <c r="E80" t="s">
+        <v>199</v>
+      </c>
+      <c r="F80" t="s">
+        <v>200</v>
+      </c>
+      <c r="G80" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81">
+        <v>80</v>
+      </c>
+      <c r="B81" t="s">
+        <v>201</v>
+      </c>
+      <c r="C81" t="s">
+        <v>14</v>
+      </c>
+      <c r="D81" t="s">
+        <v>198</v>
+      </c>
+      <c r="E81" t="s">
+        <v>202</v>
+      </c>
+      <c r="F81" t="s">
+        <v>203</v>
+      </c>
+      <c r="G81" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82">
+        <v>81</v>
+      </c>
+      <c r="B82" t="s">
+        <v>204</v>
+      </c>
+      <c r="C82" t="s">
+        <v>14</v>
+      </c>
+      <c r="D82" t="s">
+        <v>198</v>
+      </c>
+      <c r="E82" t="s">
+        <v>205</v>
+      </c>
+      <c r="F82" t="s">
+        <v>203</v>
+      </c>
+      <c r="G82" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83">
+        <v>82</v>
+      </c>
+      <c r="B83" t="s">
+        <v>206</v>
+      </c>
+      <c r="C83" t="s">
+        <v>14</v>
+      </c>
+      <c r="D83" t="s">
+        <v>198</v>
+      </c>
+      <c r="E83" t="s">
+        <v>207</v>
+      </c>
+      <c r="F83" t="s">
+        <v>203</v>
+      </c>
+      <c r="G83" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7">
+      <c r="A84">
+        <v>83</v>
+      </c>
+      <c r="B84" t="s">
+        <v>208</v>
+      </c>
+      <c r="C84" t="s">
+        <v>14</v>
+      </c>
+      <c r="D84" t="s">
+        <v>198</v>
+      </c>
+      <c r="E84" t="s">
+        <v>202</v>
+      </c>
+      <c r="F84" t="s">
+        <v>203</v>
+      </c>
+      <c r="G84" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85">
+        <v>84</v>
+      </c>
+      <c r="B85" t="s">
+        <v>209</v>
+      </c>
+      <c r="C85" t="s">
+        <v>14</v>
+      </c>
+      <c r="D85" t="s">
+        <v>198</v>
+      </c>
+      <c r="E85" t="s">
+        <v>202</v>
+      </c>
+      <c r="F85" t="s">
+        <v>203</v>
+      </c>
+      <c r="G85" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86">
+        <v>85</v>
+      </c>
+      <c r="B86" t="s">
+        <v>210</v>
+      </c>
+      <c r="C86" t="s">
+        <v>14</v>
+      </c>
+      <c r="D86" t="s">
+        <v>198</v>
+      </c>
+      <c r="E86" t="s">
+        <v>211</v>
+      </c>
+      <c r="F86" t="s">
+        <v>203</v>
+      </c>
+      <c r="G86" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87">
+        <v>86</v>
+      </c>
+      <c r="B87" t="s">
+        <v>212</v>
+      </c>
+      <c r="C87" t="s">
+        <v>14</v>
+      </c>
+      <c r="D87" t="s">
+        <v>198</v>
+      </c>
+      <c r="E87" t="s">
+        <v>213</v>
+      </c>
+      <c r="F87" t="s">
+        <v>203</v>
+      </c>
+      <c r="G87" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7">
+      <c r="A88">
+        <v>87</v>
+      </c>
+      <c r="B88" t="s">
+        <v>214</v>
+      </c>
+      <c r="C88" t="s">
+        <v>14</v>
+      </c>
+      <c r="D88" t="s">
+        <v>198</v>
+      </c>
+      <c r="E88" t="s">
+        <v>207</v>
+      </c>
+      <c r="F88" t="s">
+        <v>203</v>
+      </c>
+      <c r="G88" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7">
+      <c r="A89">
+        <v>88</v>
+      </c>
+      <c r="B89" t="s">
+        <v>215</v>
+      </c>
+      <c r="C89" t="s">
+        <v>14</v>
+      </c>
+      <c r="D89" t="s">
+        <v>198</v>
+      </c>
+      <c r="E89" t="s">
+        <v>216</v>
+      </c>
+      <c r="F89" t="s">
+        <v>203</v>
+      </c>
+      <c r="G89" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90">
+        <v>89</v>
+      </c>
+      <c r="B90" t="s">
+        <v>217</v>
+      </c>
+      <c r="C90" t="s">
+        <v>14</v>
+      </c>
+      <c r="D90" t="s">
+        <v>198</v>
+      </c>
+      <c r="E90" t="s">
+        <v>218</v>
+      </c>
+      <c r="F90" t="s">
+        <v>203</v>
+      </c>
+      <c r="G90" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7">
+      <c r="A91">
+        <v>90</v>
+      </c>
+      <c r="B91" t="s">
+        <v>219</v>
+      </c>
+      <c r="C91" t="s">
+        <v>8</v>
+      </c>
+      <c r="D91" t="s">
+        <v>198</v>
+      </c>
+      <c r="E91" t="s">
+        <v>220</v>
+      </c>
+      <c r="F91" t="s">
+        <v>221</v>
+      </c>
+      <c r="G91" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7">
+      <c r="A92">
+        <v>91</v>
+      </c>
+      <c r="B92" t="s">
+        <v>222</v>
+      </c>
+      <c r="C92" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" t="s">
+        <v>198</v>
+      </c>
+      <c r="E92" t="s">
+        <v>187</v>
+      </c>
+      <c r="F92" t="s">
+        <v>221</v>
+      </c>
+      <c r="G92" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7">
+      <c r="A93">
+        <v>92</v>
+      </c>
+      <c r="B93" t="s">
+        <v>223</v>
+      </c>
+      <c r="C93" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" t="s">
+        <v>198</v>
+      </c>
+      <c r="E93" t="s">
+        <v>224</v>
+      </c>
+      <c r="F93" t="s">
+        <v>225</v>
+      </c>
+      <c r="G93" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94">
+        <v>93</v>
+      </c>
+      <c r="B94" t="s">
+        <v>226</v>
+      </c>
+      <c r="C94" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" t="s">
+        <v>198</v>
+      </c>
+      <c r="E94" t="s">
+        <v>227</v>
+      </c>
+      <c r="F94" t="s">
+        <v>225</v>
+      </c>
+      <c r="G94" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95">
+        <v>94</v>
+      </c>
+      <c r="B95" t="s">
+        <v>228</v>
+      </c>
+      <c r="C95" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" t="s">
+        <v>198</v>
+      </c>
+      <c r="E95" t="s">
+        <v>229</v>
+      </c>
+      <c r="F95" t="s">
+        <v>230</v>
+      </c>
+      <c r="G95" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96">
+        <v>95</v>
+      </c>
+      <c r="B96" t="s">
+        <v>232</v>
+      </c>
+      <c r="C96" t="s">
+        <v>8</v>
+      </c>
+      <c r="D96" t="s">
+        <v>198</v>
+      </c>
+      <c r="E96" t="s">
+        <v>233</v>
+      </c>
+      <c r="F96" t="s">
+        <v>230</v>
+      </c>
+      <c r="G96" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97">
+        <v>96</v>
+      </c>
+      <c r="B97" t="s">
+        <v>234</v>
+      </c>
+      <c r="C97" t="s">
+        <v>8</v>
+      </c>
+      <c r="D97" t="s">
+        <v>198</v>
+      </c>
+      <c r="E97" t="s">
+        <v>235</v>
+      </c>
+      <c r="F97" t="s">
+        <v>230</v>
+      </c>
+      <c r="G97" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98">
+        <v>97</v>
+      </c>
+      <c r="B98" t="s">
+        <v>236</v>
+      </c>
+      <c r="C98" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" t="s">
+        <v>198</v>
+      </c>
+      <c r="E98" t="s">
+        <v>237</v>
+      </c>
+      <c r="F98" t="s">
+        <v>230</v>
+      </c>
+      <c r="G98" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99">
+        <v>98</v>
+      </c>
+      <c r="B99" t="s">
+        <v>238</v>
+      </c>
+      <c r="C99" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" t="s">
+        <v>198</v>
+      </c>
+      <c r="E99" t="s">
+        <v>239</v>
+      </c>
+      <c r="F99" t="s">
+        <v>230</v>
+      </c>
+      <c r="G99" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100">
+        <v>99</v>
+      </c>
+      <c r="B100" t="s">
+        <v>240</v>
+      </c>
+      <c r="C100" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" t="s">
+        <v>198</v>
+      </c>
+      <c r="E100" t="s">
+        <v>241</v>
+      </c>
+      <c r="F100" t="s">
+        <v>147</v>
+      </c>
+      <c r="G100" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101">
+        <v>100</v>
+      </c>
+      <c r="B101" t="s">
+        <v>242</v>
+      </c>
+      <c r="C101" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" t="s">
+        <v>198</v>
+      </c>
+      <c r="E101" t="s">
+        <v>243</v>
+      </c>
+      <c r="F101" t="s">
+        <v>244</v>
+      </c>
+      <c r="G101" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7">
+      <c r="A102">
+        <v>101</v>
+      </c>
+      <c r="B102" t="s">
+        <v>245</v>
+      </c>
+      <c r="C102" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" t="s">
+        <v>198</v>
+      </c>
+      <c r="E102" t="s">
+        <v>246</v>
+      </c>
+      <c r="F102" t="s">
+        <v>244</v>
+      </c>
+      <c r="G102" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7">
+      <c r="A103">
+        <v>102</v>
+      </c>
+      <c r="B103" t="s">
+        <v>247</v>
+      </c>
+      <c r="C103" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" t="s">
+        <v>198</v>
+      </c>
+      <c r="E103" t="s">
+        <v>248</v>
+      </c>
+      <c r="F103" t="s">
+        <v>244</v>
+      </c>
+      <c r="G103" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104">
+        <v>103</v>
+      </c>
+      <c r="B104" t="s">
+        <v>249</v>
+      </c>
+      <c r="C104" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" t="s">
+        <v>198</v>
+      </c>
+      <c r="E104" t="s">
+        <v>250</v>
+      </c>
+      <c r="F104" t="s">
+        <v>244</v>
+      </c>
+      <c r="G104" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105">
+        <v>104</v>
+      </c>
+      <c r="B105" t="s">
+        <v>251</v>
+      </c>
+      <c r="C105" t="s">
+        <v>8</v>
+      </c>
+      <c r="D105" t="s">
+        <v>198</v>
+      </c>
+      <c r="E105" t="s">
+        <v>252</v>
+      </c>
+      <c r="F105" t="s">
+        <v>253</v>
+      </c>
+      <c r="G105" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106">
+        <v>105</v>
+      </c>
+      <c r="B106" t="s">
+        <v>255</v>
+      </c>
+      <c r="C106" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" t="s">
+        <v>198</v>
+      </c>
+      <c r="E106" t="s">
+        <v>256</v>
+      </c>
+      <c r="F106" t="s">
+        <v>253</v>
+      </c>
+      <c r="G106" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107">
+        <v>106</v>
+      </c>
+      <c r="B107" t="s">
+        <v>257</v>
+      </c>
+      <c r="C107" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" t="s">
+        <v>198</v>
+      </c>
+      <c r="E107" t="s">
+        <v>81</v>
+      </c>
+      <c r="F107" t="s">
+        <v>76</v>
+      </c>
+      <c r="G107" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108">
+        <v>107</v>
+      </c>
+      <c r="B108" t="s">
+        <v>258</v>
+      </c>
+      <c r="C108" t="s">
+        <v>14</v>
+      </c>
+      <c r="D108" t="s">
+        <v>198</v>
+      </c>
+      <c r="E108" t="s">
+        <v>202</v>
+      </c>
+      <c r="F108" t="s">
+        <v>259</v>
+      </c>
+      <c r="G108" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109">
+        <v>108</v>
+      </c>
+      <c r="B109" t="s">
+        <v>260</v>
+      </c>
+      <c r="C109" t="s">
+        <v>14</v>
+      </c>
+      <c r="D109" t="s">
+        <v>198</v>
+      </c>
+      <c r="E109" t="s">
+        <v>59</v>
+      </c>
+      <c r="F109" t="s">
+        <v>259</v>
+      </c>
+      <c r="G109" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7">
+      <c r="A110">
+        <v>109</v>
+      </c>
+      <c r="B110" t="s">
+        <v>261</v>
+      </c>
+      <c r="C110" t="s">
+        <v>14</v>
+      </c>
+      <c r="D110" t="s">
+        <v>198</v>
+      </c>
+      <c r="E110" t="s">
+        <v>10</v>
+      </c>
+      <c r="F110" t="s">
+        <v>259</v>
+      </c>
+      <c r="G110" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7">
+      <c r="A111">
+        <v>110</v>
+      </c>
+      <c r="B111" t="s">
+        <v>262</v>
+      </c>
+      <c r="C111" t="s">
+        <v>14</v>
+      </c>
+      <c r="D111" t="s">
+        <v>198</v>
+      </c>
+      <c r="E111" t="s">
+        <v>263</v>
+      </c>
+      <c r="F111" t="s">
+        <v>259</v>
+      </c>
+      <c r="G111" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7">
+      <c r="A112">
+        <v>111</v>
+      </c>
+      <c r="B112" t="s">
+        <v>264</v>
+      </c>
+      <c r="C112" t="s">
+        <v>14</v>
+      </c>
+      <c r="D112" t="s">
+        <v>198</v>
+      </c>
+      <c r="E112" t="s">
+        <v>265</v>
+      </c>
+      <c r="F112" t="s">
+        <v>259</v>
+      </c>
+      <c r="G112" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7">
+      <c r="A113">
+        <v>112</v>
+      </c>
+      <c r="B113" t="s">
+        <v>266</v>
+      </c>
+      <c r="C113" t="s">
+        <v>14</v>
+      </c>
+      <c r="D113" t="s">
+        <v>198</v>
+      </c>
+      <c r="E113" t="s">
+        <v>267</v>
+      </c>
+      <c r="F113" t="s">
+        <v>259</v>
+      </c>
+      <c r="G113" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7">
+      <c r="A114">
+        <v>113</v>
+      </c>
+      <c r="B114" t="s">
+        <v>268</v>
+      </c>
+      <c r="C114" t="s">
+        <v>14</v>
+      </c>
+      <c r="D114" t="s">
+        <v>198</v>
+      </c>
+      <c r="E114" t="s">
+        <v>269</v>
+      </c>
+      <c r="F114" t="s">
+        <v>259</v>
+      </c>
+      <c r="G114" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115">
+        <v>114</v>
+      </c>
+      <c r="B115" t="s">
+        <v>270</v>
+      </c>
+      <c r="C115" t="s">
+        <v>14</v>
+      </c>
+      <c r="D115" t="s">
+        <v>198</v>
+      </c>
+      <c r="E115" t="s">
+        <v>271</v>
+      </c>
+      <c r="F115" t="s">
+        <v>259</v>
+      </c>
+      <c r="G115" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116">
+        <v>115</v>
+      </c>
+      <c r="B116" t="s">
+        <v>272</v>
+      </c>
+      <c r="C116" t="s">
+        <v>14</v>
+      </c>
+      <c r="D116" t="s">
+        <v>198</v>
+      </c>
+      <c r="E116" t="s">
+        <v>207</v>
+      </c>
+      <c r="F116" t="s">
+        <v>259</v>
+      </c>
+      <c r="G116" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117">
+        <v>116</v>
+      </c>
+      <c r="B117" t="s">
+        <v>273</v>
+      </c>
+      <c r="C117" t="s">
+        <v>14</v>
+      </c>
+      <c r="D117" t="s">
+        <v>198</v>
+      </c>
+      <c r="E117" t="s">
+        <v>274</v>
+      </c>
+      <c r="F117" t="s">
+        <v>259</v>
+      </c>
+      <c r="G117" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7">
+      <c r="A118">
+        <v>117</v>
+      </c>
+      <c r="B118" t="s">
+        <v>275</v>
+      </c>
+      <c r="C118" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" t="s">
+        <v>198</v>
+      </c>
+      <c r="E118" t="s">
+        <v>243</v>
+      </c>
+      <c r="F118" t="s">
+        <v>276</v>
+      </c>
+      <c r="G118" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7">
+      <c r="A119">
+        <v>118</v>
+      </c>
+      <c r="B119" t="s">
+        <v>278</v>
+      </c>
+      <c r="C119" t="s">
+        <v>8</v>
+      </c>
+      <c r="D119" t="s">
+        <v>198</v>
+      </c>
+      <c r="E119" t="s">
+        <v>279</v>
+      </c>
+      <c r="F119" t="s">
+        <v>276</v>
+      </c>
+      <c r="G119" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7">
+      <c r="A120">
+        <v>119</v>
+      </c>
+      <c r="B120" t="s">
+        <v>280</v>
+      </c>
+      <c r="C120" t="s">
+        <v>14</v>
+      </c>
+      <c r="D120" t="s">
+        <v>198</v>
+      </c>
+      <c r="E120" t="s">
+        <v>10</v>
+      </c>
+      <c r="F120" t="s">
+        <v>281</v>
+      </c>
+      <c r="G120" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7">
+      <c r="A121">
+        <v>120</v>
+      </c>
+      <c r="B121" t="s">
+        <v>282</v>
+      </c>
+      <c r="C121" t="s">
+        <v>14</v>
+      </c>
+      <c r="D121" t="s">
+        <v>198</v>
+      </c>
+      <c r="E121" t="s">
+        <v>283</v>
+      </c>
+      <c r="F121" t="s">
+        <v>281</v>
+      </c>
+      <c r="G121" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7">
+      <c r="A122">
+        <v>121</v>
+      </c>
+      <c r="B122" t="s">
+        <v>284</v>
+      </c>
+      <c r="C122" t="s">
+        <v>14</v>
+      </c>
+      <c r="D122" t="s">
+        <v>198</v>
+      </c>
+      <c r="E122" t="s">
+        <v>285</v>
+      </c>
+      <c r="F122" t="s">
+        <v>281</v>
+      </c>
+      <c r="G122" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7">
+      <c r="A123">
+        <v>122</v>
+      </c>
+      <c r="B123" t="s">
+        <v>286</v>
+      </c>
+      <c r="C123" t="s">
+        <v>14</v>
+      </c>
+      <c r="D123" t="s">
+        <v>198</v>
+      </c>
+      <c r="E123" t="s">
+        <v>287</v>
+      </c>
+      <c r="F123" t="s">
+        <v>281</v>
+      </c>
+      <c r="G123" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7">
+      <c r="A124">
+        <v>123</v>
+      </c>
+      <c r="B124" t="s">
+        <v>288</v>
+      </c>
+      <c r="C124" t="s">
+        <v>14</v>
+      </c>
+      <c r="D124" t="s">
+        <v>198</v>
+      </c>
+      <c r="E124" t="s">
+        <v>289</v>
+      </c>
+      <c r="F124" t="s">
+        <v>281</v>
+      </c>
+      <c r="G124" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7">
+      <c r="A125">
+        <v>124</v>
+      </c>
+      <c r="B125" t="s">
+        <v>290</v>
+      </c>
+      <c r="C125" t="s">
+        <v>14</v>
+      </c>
+      <c r="D125" t="s">
+        <v>198</v>
+      </c>
+      <c r="E125" t="s">
+        <v>10</v>
+      </c>
+      <c r="F125" t="s">
+        <v>291</v>
+      </c>
+      <c r="G125" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7">
+      <c r="A126">
+        <v>125</v>
+      </c>
+      <c r="B126" t="s">
+        <v>292</v>
+      </c>
+      <c r="C126" t="s">
+        <v>14</v>
+      </c>
+      <c r="D126" t="s">
+        <v>198</v>
+      </c>
+      <c r="E126" t="s">
+        <v>293</v>
+      </c>
+      <c r="F126" t="s">
+        <v>291</v>
+      </c>
+      <c r="G126" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7">
+      <c r="A127">
+        <v>126</v>
+      </c>
+      <c r="B127" t="s">
+        <v>294</v>
+      </c>
+      <c r="C127" t="s">
+        <v>14</v>
+      </c>
+      <c r="D127" t="s">
+        <v>198</v>
+      </c>
+      <c r="E127" t="s">
+        <v>218</v>
+      </c>
+      <c r="F127" t="s">
+        <v>291</v>
+      </c>
+      <c r="G127" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7">
+      <c r="A128">
+        <v>127</v>
+      </c>
+      <c r="B128" t="s">
+        <v>295</v>
+      </c>
+      <c r="C128" t="s">
+        <v>14</v>
+      </c>
+      <c r="D128" t="s">
+        <v>198</v>
+      </c>
+      <c r="E128" t="s">
+        <v>202</v>
+      </c>
+      <c r="F128" t="s">
+        <v>291</v>
+      </c>
+      <c r="G128" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7">
+      <c r="A129">
+        <v>128</v>
+      </c>
+      <c r="B129" t="s">
+        <v>296</v>
+      </c>
+      <c r="C129" t="s">
+        <v>14</v>
+      </c>
+      <c r="D129" t="s">
+        <v>198</v>
+      </c>
+      <c r="E129" t="s">
+        <v>202</v>
+      </c>
+      <c r="F129" t="s">
+        <v>291</v>
+      </c>
+      <c r="G129" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7">
+      <c r="A130">
+        <v>129</v>
+      </c>
+      <c r="B130" t="s">
+        <v>297</v>
+      </c>
+      <c r="C130" t="s">
+        <v>14</v>
+      </c>
+      <c r="D130" t="s">
+        <v>198</v>
+      </c>
+      <c r="E130" t="s">
+        <v>202</v>
+      </c>
+      <c r="F130" t="s">
+        <v>291</v>
+      </c>
+      <c r="G130" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7">
+      <c r="A131">
+        <v>130</v>
+      </c>
+      <c r="B131" t="s">
+        <v>298</v>
+      </c>
+      <c r="C131" t="s">
+        <v>14</v>
+      </c>
+      <c r="D131" t="s">
+        <v>198</v>
+      </c>
+      <c r="E131" t="s">
+        <v>299</v>
+      </c>
+      <c r="F131" t="s">
+        <v>291</v>
+      </c>
+      <c r="G131" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7">
+      <c r="A132">
+        <v>131</v>
+      </c>
+      <c r="B132" t="s">
+        <v>300</v>
+      </c>
+      <c r="C132" t="s">
+        <v>14</v>
+      </c>
+      <c r="D132" t="s">
+        <v>198</v>
+      </c>
+      <c r="E132" t="s">
+        <v>202</v>
+      </c>
+      <c r="F132" t="s">
+        <v>291</v>
+      </c>
+      <c r="G132" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7">
+      <c r="A133">
+        <v>132</v>
+      </c>
+      <c r="B133" t="s">
+        <v>301</v>
+      </c>
+      <c r="C133" t="s">
+        <v>8</v>
+      </c>
+      <c r="D133" t="s">
+        <v>198</v>
+      </c>
+      <c r="E133" t="s">
+        <v>10</v>
+      </c>
+      <c r="F133" t="s">
+        <v>302</v>
+      </c>
+      <c r="G133" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7">
+      <c r="A134">
+        <v>133</v>
+      </c>
+      <c r="B134" t="s">
+        <v>304</v>
+      </c>
+      <c r="C134" t="s">
+        <v>14</v>
+      </c>
+      <c r="D134" t="s">
+        <v>198</v>
+      </c>
+      <c r="E134" t="s">
+        <v>88</v>
+      </c>
+      <c r="F134" t="s">
+        <v>305</v>
+      </c>
+      <c r="G134" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7">
+      <c r="A135">
+        <v>134</v>
+      </c>
+      <c r="B135" t="s">
+        <v>306</v>
+      </c>
+      <c r="C135" t="s">
+        <v>8</v>
+      </c>
+      <c r="D135" t="s">
+        <v>198</v>
+      </c>
+      <c r="E135" t="s">
+        <v>307</v>
+      </c>
+      <c r="F135" t="s">
+        <v>308</v>
+      </c>
+      <c r="G135" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7">
+      <c r="A136">
+        <v>135</v>
+      </c>
+      <c r="B136" t="s">
+        <v>310</v>
+      </c>
+      <c r="C136" t="s">
+        <v>8</v>
+      </c>
+      <c r="D136" t="s">
+        <v>311</v>
+      </c>
+      <c r="E136" t="s">
+        <v>312</v>
+      </c>
+      <c r="F136" t="s">
+        <v>313</v>
+      </c>
+      <c r="G136" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7">
+      <c r="A137">
+        <v>136</v>
+      </c>
+      <c r="B137" t="s">
+        <v>314</v>
+      </c>
+      <c r="C137" t="s">
+        <v>8</v>
+      </c>
+      <c r="D137" t="s">
+        <v>315</v>
+      </c>
+      <c r="E137" t="s">
+        <v>180</v>
+      </c>
+      <c r="F137" t="s">
+        <v>316</v>
+      </c>
+      <c r="G137" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7">
+      <c r="A138">
+        <v>137</v>
+      </c>
+      <c r="B138" t="s">
+        <v>317</v>
+      </c>
+      <c r="C138" t="s">
+        <v>8</v>
+      </c>
+      <c r="D138" t="s">
+        <v>315</v>
+      </c>
+      <c r="E138" t="s">
+        <v>318</v>
+      </c>
+      <c r="F138" t="s">
+        <v>316</v>
+      </c>
+      <c r="G138" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7">
+      <c r="A139">
+        <v>138</v>
+      </c>
+      <c r="B139" t="s">
+        <v>319</v>
+      </c>
+      <c r="C139" t="s">
+        <v>8</v>
+      </c>
+      <c r="D139" t="s">
+        <v>315</v>
+      </c>
+      <c r="E139" t="s">
+        <v>320</v>
+      </c>
+      <c r="F139" t="s">
+        <v>321</v>
+      </c>
+      <c r="G139" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7">
+      <c r="A140">
+        <v>139</v>
+      </c>
+      <c r="B140" t="s">
+        <v>322</v>
+      </c>
+      <c r="C140" t="s">
+        <v>8</v>
+      </c>
+      <c r="D140" t="s">
+        <v>315</v>
+      </c>
+      <c r="E140" t="s">
+        <v>323</v>
+      </c>
+      <c r="F140" t="s">
+        <v>324</v>
+      </c>
+      <c r="G140" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7">
+      <c r="A141">
+        <v>140</v>
+      </c>
+      <c r="B141" t="s">
+        <v>325</v>
+      </c>
+      <c r="C141" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" t="s">
+        <v>315</v>
+      </c>
+      <c r="E141" t="s">
+        <v>326</v>
+      </c>
+      <c r="F141" t="s">
+        <v>324</v>
+      </c>
+      <c r="G141" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7">
+      <c r="A142">
+        <v>141</v>
+      </c>
+      <c r="B142" t="s">
+        <v>327</v>
+      </c>
+      <c r="C142" t="s">
+        <v>14</v>
+      </c>
+      <c r="D142" t="s">
+        <v>328</v>
+      </c>
+      <c r="E142" t="s">
+        <v>329</v>
+      </c>
+      <c r="F142" t="s">
+        <v>330</v>
+      </c>
+      <c r="G142" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7">
+      <c r="A143">
+        <v>142</v>
+      </c>
+      <c r="B143" t="s">
+        <v>331</v>
+      </c>
+      <c r="C143" t="s">
+        <v>14</v>
+      </c>
+      <c r="D143" t="s">
+        <v>328</v>
+      </c>
+      <c r="E143" t="s">
+        <v>332</v>
+      </c>
+      <c r="F143" t="s">
+        <v>330</v>
+      </c>
+      <c r="G143" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7">
+      <c r="A144">
+        <v>143</v>
+      </c>
+      <c r="B144" t="s">
+        <v>333</v>
+      </c>
+      <c r="C144" t="s">
+        <v>14</v>
+      </c>
+      <c r="D144" t="s">
+        <v>328</v>
+      </c>
+      <c r="E144" t="s">
+        <v>334</v>
+      </c>
+      <c r="F144" t="s">
+        <v>330</v>
+      </c>
+      <c r="G144" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7">
+      <c r="A145">
+        <v>144</v>
+      </c>
+      <c r="B145" t="s">
+        <v>335</v>
+      </c>
+      <c r="C145" t="s">
+        <v>14</v>
+      </c>
+      <c r="D145" t="s">
+        <v>328</v>
+      </c>
+      <c r="E145" t="s">
+        <v>336</v>
+      </c>
+      <c r="F145" t="s">
+        <v>330</v>
+      </c>
+      <c r="G145" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7">
+      <c r="A146">
+        <v>145</v>
+      </c>
+      <c r="B146" t="s">
+        <v>337</v>
+      </c>
+      <c r="C146" t="s">
+        <v>14</v>
+      </c>
+      <c r="D146" t="s">
+        <v>328</v>
+      </c>
+      <c r="E146" t="s">
+        <v>338</v>
+      </c>
+      <c r="F146" t="s">
+        <v>330</v>
+      </c>
+      <c r="G146" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7">
+      <c r="A147">
+        <v>146</v>
+      </c>
+      <c r="B147" t="s">
+        <v>339</v>
+      </c>
+      <c r="C147" t="s">
+        <v>14</v>
+      </c>
+      <c r="D147" t="s">
+        <v>328</v>
+      </c>
+      <c r="E147" t="s">
+        <v>340</v>
+      </c>
+      <c r="F147" t="s">
+        <v>330</v>
+      </c>
+      <c r="G147" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7">
+      <c r="A148">
+        <v>147</v>
+      </c>
+      <c r="B148" t="s">
+        <v>341</v>
+      </c>
+      <c r="C148" t="s">
+        <v>14</v>
+      </c>
+      <c r="D148" t="s">
+        <v>328</v>
+      </c>
+      <c r="E148" t="s">
+        <v>342</v>
+      </c>
+      <c r="F148" t="s">
+        <v>343</v>
+      </c>
+      <c r="G148" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7">
+      <c r="A149">
+        <v>148</v>
+      </c>
+      <c r="B149" t="s">
+        <v>344</v>
+      </c>
+      <c r="C149" t="s">
+        <v>14</v>
+      </c>
+      <c r="D149" t="s">
+        <v>328</v>
+      </c>
+      <c r="E149" t="s">
+        <v>10</v>
+      </c>
+      <c r="F149" t="s">
+        <v>345</v>
+      </c>
+      <c r="G149" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7">
+      <c r="A150">
+        <v>149</v>
+      </c>
+      <c r="B150" t="s">
+        <v>345</v>
+      </c>
+      <c r="C150" t="s">
+        <v>14</v>
+      </c>
+      <c r="D150" t="s">
+        <v>328</v>
+      </c>
+      <c r="E150" t="s">
+        <v>345</v>
+      </c>
+      <c r="F150" t="s">
+        <v>345</v>
+      </c>
+      <c r="G150" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7">
+      <c r="A151">
+        <v>150</v>
+      </c>
+      <c r="B151" t="s">
+        <v>346</v>
+      </c>
+      <c r="C151" t="s">
+        <v>8</v>
+      </c>
+      <c r="D151" t="s">
+        <v>328</v>
+      </c>
+      <c r="E151" t="s">
+        <v>347</v>
+      </c>
+      <c r="F151" t="s">
+        <v>76</v>
+      </c>
+      <c r="G151" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7">
+      <c r="A152">
+        <v>151</v>
+      </c>
+      <c r="B152" t="s">
+        <v>348</v>
+      </c>
+      <c r="C152" t="s">
+        <v>8</v>
+      </c>
+      <c r="D152" t="s">
+        <v>349</v>
+      </c>
+      <c r="E152" t="s">
+        <v>350</v>
+      </c>
+      <c r="F152" t="s">
+        <v>76</v>
+      </c>
+      <c r="G152" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7">
+      <c r="A153">
+        <v>152</v>
+      </c>
+      <c r="B153" t="s">
+        <v>351</v>
+      </c>
+      <c r="C153" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" t="s">
+        <v>352</v>
+      </c>
+      <c r="E153" t="s">
+        <v>88</v>
+      </c>
+      <c r="F153" t="s">
+        <v>353</v>
+      </c>
+      <c r="G153" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7">
+      <c r="A154">
+        <v>153</v>
+      </c>
+      <c r="B154" t="s">
+        <v>354</v>
+      </c>
+      <c r="C154" t="s">
+        <v>14</v>
+      </c>
+      <c r="D154" t="s">
+        <v>352</v>
+      </c>
+      <c r="E154" t="s">
+        <v>355</v>
+      </c>
+      <c r="F154" t="s">
+        <v>356</v>
+      </c>
+      <c r="G154" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7">
+      <c r="A155">
+        <v>154</v>
+      </c>
+      <c r="B155" t="s">
+        <v>357</v>
+      </c>
+      <c r="C155" t="s">
+        <v>14</v>
+      </c>
+      <c r="D155" t="s">
+        <v>352</v>
+      </c>
+      <c r="E155" t="s">
+        <v>37</v>
+      </c>
+      <c r="F155" t="s">
+        <v>356</v>
+      </c>
+      <c r="G155" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7">
+      <c r="A156">
+        <v>155</v>
+      </c>
+      <c r="B156" t="s">
+        <v>358</v>
+      </c>
+      <c r="C156" t="s">
+        <v>14</v>
+      </c>
+      <c r="D156" t="s">
+        <v>352</v>
+      </c>
+      <c r="E156" t="s">
+        <v>359</v>
+      </c>
+      <c r="F156" t="s">
+        <v>356</v>
+      </c>
+      <c r="G156" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7">
+      <c r="A157">
+        <v>156</v>
+      </c>
+      <c r="B157" t="s">
+        <v>360</v>
+      </c>
+      <c r="C157" t="s">
+        <v>8</v>
+      </c>
+      <c r="D157" t="s">
+        <v>352</v>
+      </c>
+      <c r="E157" t="s">
+        <v>361</v>
+      </c>
+      <c r="F157" t="s">
+        <v>362</v>
+      </c>
+      <c r="G157" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7">
+      <c r="A158">
+        <v>157</v>
+      </c>
+      <c r="B158" t="s">
+        <v>363</v>
+      </c>
+      <c r="C158" t="s">
+        <v>8</v>
+      </c>
+      <c r="D158" t="s">
+        <v>352</v>
+      </c>
+      <c r="E158" t="s">
+        <v>88</v>
+      </c>
+      <c r="F158" t="s">
+        <v>364</v>
+      </c>
+      <c r="G158" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7">
+      <c r="A159">
+        <v>158</v>
+      </c>
+      <c r="B159" t="s">
+        <v>366</v>
+      </c>
+      <c r="C159" t="s">
+        <v>8</v>
+      </c>
+      <c r="D159" t="s">
+        <v>352</v>
+      </c>
+      <c r="E159" t="s">
+        <v>367</v>
+      </c>
+      <c r="F159" t="s">
+        <v>364</v>
+      </c>
+      <c r="G159" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7">
+      <c r="A160">
+        <v>159</v>
+      </c>
+      <c r="B160" t="s">
+        <v>368</v>
+      </c>
+      <c r="C160" t="s">
+        <v>14</v>
+      </c>
+      <c r="D160" t="s">
+        <v>352</v>
+      </c>
+      <c r="E160" t="s">
+        <v>347</v>
+      </c>
+      <c r="F160" t="s">
+        <v>76</v>
+      </c>
+      <c r="G160" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7">
+      <c r="A161">
+        <v>160</v>
+      </c>
+      <c r="B161" t="s">
+        <v>370</v>
+      </c>
+      <c r="C161" t="s">
+        <v>8</v>
+      </c>
+      <c r="D161" t="s">
+        <v>352</v>
+      </c>
+      <c r="E161" t="s">
+        <v>371</v>
+      </c>
+      <c r="F161" t="s">
+        <v>372</v>
+      </c>
+      <c r="G161" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7">
+      <c r="A162">
+        <v>161</v>
+      </c>
+      <c r="B162" t="s">
+        <v>373</v>
+      </c>
+      <c r="C162" t="s">
+        <v>8</v>
+      </c>
+      <c r="D162" t="s">
+        <v>352</v>
+      </c>
+      <c r="E162" t="s">
+        <v>374</v>
+      </c>
+      <c r="F162" t="s">
+        <v>375</v>
+      </c>
+      <c r="G162" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7">
+      <c r="A163">
+        <v>162</v>
+      </c>
+      <c r="B163" t="s">
+        <v>376</v>
+      </c>
+      <c r="C163" t="s">
+        <v>8</v>
+      </c>
+      <c r="D163" t="s">
+        <v>352</v>
+      </c>
+      <c r="E163" t="s">
+        <v>307</v>
+      </c>
+      <c r="F163" t="s">
+        <v>308</v>
+      </c>
+      <c r="G163" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7">
+      <c r="A164">
+        <v>163</v>
+      </c>
+      <c r="B164" t="s">
+        <v>377</v>
+      </c>
+      <c r="C164" t="s">
+        <v>8</v>
+      </c>
+      <c r="D164" t="s">
+        <v>352</v>
+      </c>
+      <c r="E164" t="s">
+        <v>307</v>
+      </c>
+      <c r="F164" t="s">
+        <v>308</v>
+      </c>
+      <c r="G164" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7">
+      <c r="A165">
+        <v>164</v>
+      </c>
+      <c r="B165" t="s">
+        <v>378</v>
+      </c>
+      <c r="C165" t="s">
+        <v>8</v>
+      </c>
+      <c r="D165" t="s">
+        <v>352</v>
+      </c>
+      <c r="E165" t="s">
+        <v>379</v>
+      </c>
+      <c r="F165" t="s">
+        <v>308</v>
+      </c>
+      <c r="G165" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7">
+      <c r="A166">
+        <v>165</v>
+      </c>
+      <c r="B166" t="s">
+        <v>380</v>
+      </c>
+      <c r="C166" t="s">
+        <v>8</v>
+      </c>
+      <c r="D166" t="s">
+        <v>352</v>
+      </c>
+      <c r="E166" t="s">
+        <v>218</v>
+      </c>
+      <c r="F166" t="s">
+        <v>353</v>
+      </c>
+      <c r="G166" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7">
+      <c r="A167">
+        <v>166</v>
+      </c>
+      <c r="B167" t="s">
+        <v>381</v>
+      </c>
+      <c r="C167" t="s">
+        <v>8</v>
+      </c>
+      <c r="D167" t="s">
+        <v>382</v>
+      </c>
+      <c r="E167" t="s">
+        <v>383</v>
+      </c>
+      <c r="F167" t="s">
+        <v>384</v>
+      </c>
+      <c r="G167" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7">
+      <c r="A168">
+        <v>167</v>
+      </c>
+      <c r="B168" t="s">
+        <v>385</v>
+      </c>
+      <c r="C168" t="s">
+        <v>8</v>
+      </c>
+      <c r="D168" t="s">
+        <v>382</v>
+      </c>
+      <c r="E168" t="s">
+        <v>386</v>
+      </c>
+      <c r="F168" t="s">
+        <v>384</v>
+      </c>
+      <c r="G168" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7">
+      <c r="A169">
+        <v>168</v>
+      </c>
+      <c r="B169" t="s">
+        <v>387</v>
+      </c>
+      <c r="C169" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" t="s">
+        <v>388</v>
+      </c>
+      <c r="E169" t="s">
+        <v>202</v>
+      </c>
+      <c r="F169" t="s">
+        <v>389</v>
+      </c>
+      <c r="G169" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7">
+      <c r="A170">
+        <v>169</v>
+      </c>
+      <c r="B170" t="s">
+        <v>390</v>
+      </c>
+      <c r="C170" t="s">
+        <v>8</v>
+      </c>
+      <c r="D170" t="s">
+        <v>388</v>
+      </c>
+      <c r="E170" t="s">
+        <v>10</v>
+      </c>
+      <c r="F170" t="s">
+        <v>389</v>
+      </c>
+      <c r="G170" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7">
+      <c r="A171">
+        <v>170</v>
+      </c>
+      <c r="B171" t="s">
+        <v>391</v>
+      </c>
+      <c r="C171" t="s">
+        <v>8</v>
+      </c>
+      <c r="D171" t="s">
+        <v>388</v>
+      </c>
+      <c r="E171" t="s">
+        <v>392</v>
+      </c>
+      <c r="F171" t="s">
+        <v>389</v>
+      </c>
+      <c r="G171" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7">
+      <c r="A172">
+        <v>171</v>
+      </c>
+      <c r="B172" t="s">
+        <v>393</v>
+      </c>
+      <c r="C172" t="s">
+        <v>8</v>
+      </c>
+      <c r="D172" t="s">
+        <v>388</v>
+      </c>
+      <c r="E172" t="s">
+        <v>394</v>
+      </c>
+      <c r="F172" t="s">
+        <v>389</v>
+      </c>
+      <c r="G172" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7">
+      <c r="A173">
+        <v>172</v>
+      </c>
+      <c r="B173" t="s">
+        <v>395</v>
+      </c>
+      <c r="C173" t="s">
+        <v>8</v>
+      </c>
+      <c r="D173" t="s">
+        <v>388</v>
+      </c>
+      <c r="E173" t="s">
+        <v>218</v>
+      </c>
+      <c r="F173" t="s">
+        <v>389</v>
+      </c>
+      <c r="G173" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7">
+      <c r="A174">
+        <v>173</v>
+      </c>
+      <c r="B174" t="s">
+        <v>396</v>
+      </c>
+      <c r="C174" t="s">
+        <v>8</v>
+      </c>
+      <c r="D174" t="s">
+        <v>388</v>
+      </c>
+      <c r="E174" t="s">
+        <v>397</v>
+      </c>
+      <c r="F174" t="s">
+        <v>398</v>
+      </c>
+      <c r="G174" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7">
+      <c r="A175">
+        <v>174</v>
+      </c>
+      <c r="B175" t="s">
+        <v>399</v>
+      </c>
+      <c r="C175" t="s">
+        <v>8</v>
+      </c>
+      <c r="D175" t="s">
+        <v>400</v>
+      </c>
+      <c r="E175" t="s">
+        <v>10</v>
+      </c>
+      <c r="F175" t="s">
+        <v>401</v>
+      </c>
+      <c r="G175" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7">
+      <c r="A176">
+        <v>175</v>
+      </c>
+      <c r="B176" t="s">
+        <v>402</v>
+      </c>
+      <c r="C176" t="s">
+        <v>14</v>
+      </c>
+      <c r="D176" t="s">
+        <v>403</v>
+      </c>
+      <c r="E176" t="s">
+        <v>404</v>
+      </c>
+      <c r="F176" t="s">
+        <v>405</v>
+      </c>
+      <c r="G176" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7">
+      <c r="A177">
+        <v>176</v>
+      </c>
+      <c r="B177" t="s">
+        <v>406</v>
+      </c>
+      <c r="C177" t="s">
+        <v>8</v>
+      </c>
+      <c r="D177" t="s">
+        <v>403</v>
+      </c>
+      <c r="E177" t="s">
+        <v>10</v>
+      </c>
+      <c r="F177" t="s">
+        <v>405</v>
+      </c>
+      <c r="G177" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7">
+      <c r="A178">
+        <v>177</v>
+      </c>
+      <c r="B178" t="s">
+        <v>407</v>
+      </c>
+      <c r="C178" t="s">
+        <v>8</v>
+      </c>
+      <c r="D178" t="s">
+        <v>403</v>
+      </c>
+      <c r="E178" t="s">
+        <v>408</v>
+      </c>
+      <c r="F178" t="s">
+        <v>405</v>
+      </c>
+      <c r="G178" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7">
+      <c r="A179">
+        <v>178</v>
+      </c>
+      <c r="B179" t="s">
+        <v>409</v>
+      </c>
+      <c r="C179" t="s">
+        <v>8</v>
+      </c>
+      <c r="D179" t="s">
+        <v>403</v>
+      </c>
+      <c r="E179" t="s">
+        <v>410</v>
+      </c>
+      <c r="F179" t="s">
+        <v>405</v>
+      </c>
+      <c r="G179" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7">
+      <c r="A180">
+        <v>179</v>
+      </c>
+      <c r="B180" t="s">
+        <v>411</v>
+      </c>
+      <c r="C180" t="s">
+        <v>8</v>
+      </c>
+      <c r="D180" t="s">
+        <v>403</v>
+      </c>
+      <c r="E180" t="s">
+        <v>412</v>
+      </c>
+      <c r="F180" t="s">
+        <v>405</v>
+      </c>
+      <c r="G180" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7">
+      <c r="A181">
+        <v>180</v>
+      </c>
+      <c r="B181" t="s">
+        <v>414</v>
+      </c>
+      <c r="C181" t="s">
+        <v>8</v>
+      </c>
+      <c r="D181" t="s">
+        <v>415</v>
+      </c>
+      <c r="E181" t="s">
+        <v>307</v>
+      </c>
+      <c r="F181" t="s">
+        <v>308</v>
+      </c>
+      <c r="G181" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7">
+      <c r="A182">
+        <v>181</v>
+      </c>
+      <c r="B182" t="s">
+        <v>416</v>
+      </c>
+      <c r="C182" t="s">
+        <v>8</v>
+      </c>
+      <c r="D182" t="s">
+        <v>417</v>
+      </c>
+      <c r="E182" t="s">
+        <v>10</v>
+      </c>
+      <c r="F182" t="s">
+        <v>418</v>
+      </c>
+      <c r="G182" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7">
+      <c r="A183">
+        <v>182</v>
+      </c>
+      <c r="B183" t="s">
+        <v>419</v>
+      </c>
+      <c r="C183" t="s">
+        <v>8</v>
+      </c>
+      <c r="D183" t="s">
+        <v>417</v>
+      </c>
+      <c r="E183" t="s">
+        <v>88</v>
+      </c>
+      <c r="F183" t="s">
+        <v>420</v>
+      </c>
+      <c r="G183" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7">
+      <c r="A184">
+        <v>183</v>
+      </c>
+      <c r="B184" t="s">
+        <v>421</v>
+      </c>
+      <c r="C184" t="s">
+        <v>8</v>
+      </c>
+      <c r="D184" t="s">
+        <v>417</v>
+      </c>
+      <c r="E184" t="s">
+        <v>422</v>
+      </c>
+      <c r="F184" t="s">
+        <v>420</v>
+      </c>
+      <c r="G184" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7">
+      <c r="A185">
+        <v>184</v>
+      </c>
+      <c r="B185" t="s">
+        <v>423</v>
+      </c>
+      <c r="C185" t="s">
+        <v>14</v>
+      </c>
+      <c r="D185" t="s">
+        <v>417</v>
+      </c>
+      <c r="E185" t="s">
+        <v>424</v>
+      </c>
+      <c r="F185" t="s">
+        <v>425</v>
+      </c>
+      <c r="G185" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7">
+      <c r="A186">
+        <v>185</v>
+      </c>
+      <c r="B186" t="s">
+        <v>426</v>
+      </c>
+      <c r="C186" t="s">
+        <v>14</v>
+      </c>
+      <c r="D186" t="s">
+        <v>417</v>
+      </c>
+      <c r="E186" t="s">
+        <v>427</v>
+      </c>
+      <c r="F186" t="s">
+        <v>425</v>
+      </c>
+      <c r="G186" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7">
+      <c r="A187">
+        <v>186</v>
+      </c>
+      <c r="B187" t="s">
+        <v>428</v>
+      </c>
+      <c r="C187" t="s">
+        <v>14</v>
+      </c>
+      <c r="D187" t="s">
+        <v>417</v>
+      </c>
+      <c r="E187" t="s">
+        <v>429</v>
+      </c>
+      <c r="F187" t="s">
+        <v>425</v>
+      </c>
+      <c r="G187" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7">
+      <c r="A188">
+        <v>187</v>
+      </c>
+      <c r="B188" t="s">
+        <v>430</v>
+      </c>
+      <c r="C188" t="s">
+        <v>14</v>
+      </c>
+      <c r="D188" t="s">
+        <v>417</v>
+      </c>
+      <c r="E188" t="s">
+        <v>10</v>
+      </c>
+      <c r="F188" t="s">
+        <v>425</v>
+      </c>
+      <c r="G188" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7">
+      <c r="A189">
+        <v>188</v>
+      </c>
+      <c r="B189" t="s">
+        <v>431</v>
+      </c>
+      <c r="C189" t="s">
+        <v>14</v>
+      </c>
+      <c r="D189" t="s">
+        <v>417</v>
+      </c>
+      <c r="E189" t="s">
+        <v>432</v>
+      </c>
+      <c r="F189" t="s">
+        <v>425</v>
+      </c>
+      <c r="G189" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7">
+      <c r="A190">
+        <v>189</v>
+      </c>
+      <c r="B190" t="s">
+        <v>433</v>
+      </c>
+      <c r="C190" t="s">
+        <v>14</v>
+      </c>
+      <c r="D190" t="s">
+        <v>417</v>
+      </c>
+      <c r="E190" t="s">
+        <v>434</v>
+      </c>
+      <c r="F190" t="s">
+        <v>425</v>
+      </c>
+      <c r="G190" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7">
+      <c r="A191">
+        <v>190</v>
+      </c>
+      <c r="B191" t="s">
+        <v>435</v>
+      </c>
+      <c r="C191" t="s">
+        <v>14</v>
+      </c>
+      <c r="D191" t="s">
+        <v>417</v>
+      </c>
+      <c r="E191" t="s">
+        <v>436</v>
+      </c>
+      <c r="F191" t="s">
+        <v>425</v>
+      </c>
+      <c r="G191" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7">
+      <c r="A192">
+        <v>191</v>
+      </c>
+      <c r="B192" t="s">
+        <v>437</v>
+      </c>
+      <c r="C192" t="s">
+        <v>14</v>
+      </c>
+      <c r="D192" t="s">
+        <v>438</v>
+      </c>
+      <c r="E192" t="s">
+        <v>439</v>
+      </c>
+      <c r="F192" t="s">
+        <v>72</v>
+      </c>
+      <c r="G192" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7">
+      <c r="A193">
+        <v>192</v>
+      </c>
+      <c r="B193" t="s">
+        <v>440</v>
+      </c>
+      <c r="C193" t="s">
+        <v>8</v>
+      </c>
+      <c r="D193" t="s">
+        <v>441</v>
+      </c>
+      <c r="E193" t="s">
+        <v>442</v>
+      </c>
+      <c r="F193" t="s">
+        <v>76</v>
+      </c>
+      <c r="G193" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7">
+      <c r="A194">
+        <v>193</v>
+      </c>
+      <c r="B194" t="s">
+        <v>443</v>
+      </c>
+      <c r="C194" t="s">
+        <v>8</v>
+      </c>
+      <c r="D194" t="s">
+        <v>444</v>
+      </c>
+      <c r="E194" t="s">
+        <v>445</v>
+      </c>
+      <c r="F194" t="s">
+        <v>446</v>
+      </c>
+      <c r="G194" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7">
+      <c r="A195">
+        <v>194</v>
+      </c>
+      <c r="B195" t="s">
+        <v>447</v>
+      </c>
+      <c r="C195" t="s">
+        <v>14</v>
+      </c>
+      <c r="D195" t="s">
+        <v>448</v>
+      </c>
+      <c r="E195" t="s">
+        <v>243</v>
+      </c>
+      <c r="F195" t="s">
+        <v>449</v>
+      </c>
+      <c r="G195" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7">
+      <c r="A196">
+        <v>195</v>
+      </c>
+      <c r="B196" t="s">
+        <v>450</v>
+      </c>
+      <c r="C196" t="s">
+        <v>14</v>
+      </c>
+      <c r="D196" t="s">
+        <v>448</v>
+      </c>
+      <c r="E196" t="s">
+        <v>451</v>
+      </c>
+      <c r="F196" t="s">
+        <v>449</v>
+      </c>
+      <c r="G196" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7">
+      <c r="A197">
+        <v>196</v>
+      </c>
+      <c r="B197" t="s">
+        <v>452</v>
+      </c>
+      <c r="C197" t="s">
+        <v>14</v>
+      </c>
+      <c r="D197" t="s">
+        <v>448</v>
+      </c>
+      <c r="E197" t="s">
+        <v>453</v>
+      </c>
+      <c r="F197" t="s">
+        <v>449</v>
+      </c>
+      <c r="G197" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7">
+      <c r="A198">
+        <v>197</v>
+      </c>
+      <c r="B198" t="s">
+        <v>454</v>
+      </c>
+      <c r="C198" t="s">
+        <v>14</v>
+      </c>
+      <c r="D198" t="s">
+        <v>448</v>
+      </c>
+      <c r="E198" t="s">
+        <v>455</v>
+      </c>
+      <c r="F198" t="s">
+        <v>456</v>
+      </c>
+      <c r="G198" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7">
+      <c r="A199">
+        <v>198</v>
+      </c>
+      <c r="B199" t="s">
+        <v>457</v>
+      </c>
+      <c r="C199" t="s">
+        <v>14</v>
+      </c>
+      <c r="D199" t="s">
+        <v>448</v>
+      </c>
+      <c r="E199" t="s">
+        <v>59</v>
+      </c>
+      <c r="F199" t="s">
+        <v>456</v>
+      </c>
+      <c r="G199" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7">
+      <c r="A200">
+        <v>199</v>
+      </c>
+      <c r="B200" t="s">
+        <v>458</v>
+      </c>
+      <c r="C200" t="s">
+        <v>14</v>
+      </c>
+      <c r="D200" t="s">
+        <v>448</v>
+      </c>
+      <c r="E200" t="s">
+        <v>459</v>
+      </c>
+      <c r="F200" t="s">
+        <v>460</v>
+      </c>
+      <c r="G200" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7">
+      <c r="A201">
+        <v>200</v>
+      </c>
+      <c r="B201" t="s">
+        <v>461</v>
+      </c>
+      <c r="C201" t="s">
+        <v>14</v>
+      </c>
+      <c r="D201" t="s">
+        <v>448</v>
+      </c>
+      <c r="E201" t="s">
+        <v>462</v>
+      </c>
+      <c r="F201" t="s">
+        <v>460</v>
+      </c>
+      <c r="G201" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7">
+      <c r="A202">
+        <v>201</v>
+      </c>
+      <c r="B202" t="s">
+        <v>463</v>
+      </c>
+      <c r="C202" t="s">
+        <v>14</v>
+      </c>
+      <c r="D202" t="s">
+        <v>448</v>
+      </c>
+      <c r="E202" t="s">
+        <v>10</v>
+      </c>
+      <c r="F202" t="s">
+        <v>460</v>
+      </c>
+      <c r="G202" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7">
+      <c r="A203">
+        <v>202</v>
+      </c>
+      <c r="B203" t="s">
+        <v>464</v>
+      </c>
+      <c r="C203" t="s">
+        <v>14</v>
+      </c>
+      <c r="D203" t="s">
+        <v>448</v>
+      </c>
+      <c r="E203" t="s">
+        <v>465</v>
+      </c>
+      <c r="F203" t="s">
+        <v>460</v>
+      </c>
+      <c r="G203" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7">
+      <c r="A204">
+        <v>203</v>
+      </c>
+      <c r="B204" t="s">
+        <v>466</v>
+      </c>
+      <c r="C204" t="s">
+        <v>14</v>
+      </c>
+      <c r="D204" t="s">
+        <v>448</v>
+      </c>
+      <c r="E204" t="s">
+        <v>467</v>
+      </c>
+      <c r="F204" t="s">
+        <v>460</v>
+      </c>
+      <c r="G204" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7">
+      <c r="A205">
+        <v>204</v>
+      </c>
+      <c r="B205" t="s">
+        <v>468</v>
+      </c>
+      <c r="C205" t="s">
+        <v>14</v>
+      </c>
+      <c r="D205" t="s">
+        <v>448</v>
+      </c>
+      <c r="E205" t="s">
+        <v>469</v>
+      </c>
+      <c r="F205" t="s">
+        <v>460</v>
+      </c>
+      <c r="G205" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7">
+      <c r="A206">
+        <v>205</v>
+      </c>
+      <c r="B206" t="s">
+        <v>470</v>
+      </c>
+      <c r="C206" t="s">
+        <v>14</v>
+      </c>
+      <c r="D206" t="s">
+        <v>448</v>
+      </c>
+      <c r="E206" t="s">
+        <v>471</v>
+      </c>
+      <c r="F206" t="s">
+        <v>460</v>
+      </c>
+      <c r="G206" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7">
+      <c r="A207">
+        <v>206</v>
+      </c>
+      <c r="B207" t="s">
+        <v>472</v>
+      </c>
+      <c r="C207" t="s">
+        <v>8</v>
+      </c>
+      <c r="D207" t="s">
+        <v>448</v>
+      </c>
+      <c r="E207" t="s">
+        <v>473</v>
+      </c>
+      <c r="F207" t="s">
+        <v>474</v>
+      </c>
+      <c r="G207" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7">
+      <c r="A208">
+        <v>207</v>
+      </c>
+      <c r="B208" t="s">
+        <v>475</v>
+      </c>
+      <c r="C208" t="s">
+        <v>14</v>
+      </c>
+      <c r="D208" t="s">
+        <v>448</v>
+      </c>
+      <c r="E208" t="s">
+        <v>476</v>
+      </c>
+      <c r="F208" t="s">
+        <v>477</v>
+      </c>
+      <c r="G208" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7">
+      <c r="A209">
+        <v>208</v>
+      </c>
+      <c r="B209" t="s">
+        <v>478</v>
+      </c>
+      <c r="C209" t="s">
+        <v>14</v>
+      </c>
+      <c r="D209" t="s">
+        <v>448</v>
+      </c>
+      <c r="E209" t="s">
+        <v>479</v>
+      </c>
+      <c r="F209" t="s">
+        <v>477</v>
+      </c>
+      <c r="G209" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7">
+      <c r="A210">
+        <v>209</v>
+      </c>
+      <c r="B210" t="s">
+        <v>480</v>
+      </c>
+      <c r="C210" t="s">
+        <v>14</v>
+      </c>
+      <c r="D210" t="s">
+        <v>448</v>
+      </c>
+      <c r="E210" t="s">
+        <v>59</v>
+      </c>
+      <c r="F210" t="s">
+        <v>481</v>
+      </c>
+      <c r="G210" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7">
+      <c r="A211">
+        <v>210</v>
+      </c>
+      <c r="B211" t="s">
+        <v>482</v>
+      </c>
+      <c r="C211" t="s">
+        <v>14</v>
+      </c>
+      <c r="D211" t="s">
+        <v>448</v>
+      </c>
+      <c r="E211" t="s">
+        <v>229</v>
+      </c>
+      <c r="F211" t="s">
+        <v>481</v>
+      </c>
+      <c r="G211" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7">
+      <c r="A212">
+        <v>211</v>
+      </c>
+      <c r="B212" t="s">
+        <v>483</v>
+      </c>
+      <c r="C212" t="s">
+        <v>14</v>
+      </c>
+      <c r="D212" t="s">
+        <v>448</v>
+      </c>
+      <c r="E212" t="s">
+        <v>484</v>
+      </c>
+      <c r="F212" t="s">
+        <v>481</v>
+      </c>
+      <c r="G212" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7">
+      <c r="A213">
+        <v>212</v>
+      </c>
+      <c r="B213" t="s">
+        <v>485</v>
+      </c>
+      <c r="C213" t="s">
+        <v>14</v>
+      </c>
+      <c r="D213" t="s">
+        <v>448</v>
+      </c>
+      <c r="E213" t="s">
+        <v>486</v>
+      </c>
+      <c r="F213" t="s">
+        <v>487</v>
+      </c>
+      <c r="G213" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7">
+      <c r="A214">
+        <v>213</v>
+      </c>
+      <c r="B214" t="s">
+        <v>488</v>
+      </c>
+      <c r="C214" t="s">
+        <v>14</v>
+      </c>
+      <c r="D214" t="s">
+        <v>448</v>
+      </c>
+      <c r="E214" t="s">
+        <v>486</v>
+      </c>
+      <c r="F214" t="s">
+        <v>487</v>
+      </c>
+      <c r="G214" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7">
+      <c r="A215">
+        <v>214</v>
+      </c>
+      <c r="B215" t="s">
+        <v>489</v>
+      </c>
+      <c r="C215" t="s">
+        <v>8</v>
+      </c>
+      <c r="D215" t="s">
+        <v>448</v>
+      </c>
+      <c r="E215" t="s">
+        <v>490</v>
+      </c>
+      <c r="F215" t="s">
+        <v>487</v>
+      </c>
+      <c r="G215" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7">
+      <c r="A216">
+        <v>215</v>
+      </c>
+      <c r="B216" t="s">
+        <v>491</v>
+      </c>
+      <c r="C216" t="s">
+        <v>8</v>
+      </c>
+      <c r="D216" t="s">
+        <v>448</v>
+      </c>
+      <c r="E216" t="s">
+        <v>492</v>
+      </c>
+      <c r="F216" t="s">
+        <v>493</v>
+      </c>
+      <c r="G216" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7">
+      <c r="A217">
+        <v>216</v>
+      </c>
+      <c r="B217" t="s">
+        <v>494</v>
+      </c>
+      <c r="C217" t="s">
+        <v>8</v>
+      </c>
+      <c r="D217" t="s">
+        <v>448</v>
+      </c>
+      <c r="E217" t="s">
+        <v>495</v>
+      </c>
+      <c r="F217" t="s">
+        <v>493</v>
+      </c>
+      <c r="G217" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7">
+      <c r="A218">
+        <v>217</v>
+      </c>
+      <c r="B218" t="s">
+        <v>496</v>
+      </c>
+      <c r="C218" t="s">
+        <v>8</v>
+      </c>
+      <c r="D218" t="s">
+        <v>448</v>
+      </c>
+      <c r="E218" t="s">
+        <v>497</v>
+      </c>
+      <c r="F218" t="s">
+        <v>493</v>
+      </c>
+      <c r="G218" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7">
+      <c r="A219">
+        <v>218</v>
+      </c>
+      <c r="B219" t="s">
+        <v>498</v>
+      </c>
+      <c r="C219" t="s">
+        <v>8</v>
+      </c>
+      <c r="D219" t="s">
+        <v>448</v>
+      </c>
+      <c r="E219" t="s">
+        <v>497</v>
+      </c>
+      <c r="F219" t="s">
+        <v>493</v>
+      </c>
+      <c r="G219" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7">
+      <c r="A220">
+        <v>219</v>
+      </c>
+      <c r="B220" t="s">
+        <v>499</v>
+      </c>
+      <c r="C220" t="s">
+        <v>8</v>
+      </c>
+      <c r="D220" t="s">
+        <v>448</v>
+      </c>
+      <c r="E220" t="s">
+        <v>500</v>
+      </c>
+      <c r="F220" t="s">
+        <v>493</v>
+      </c>
+      <c r="G220" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7">
+      <c r="A221">
+        <v>220</v>
+      </c>
+      <c r="B221" t="s">
+        <v>501</v>
+      </c>
+      <c r="C221" t="s">
+        <v>8</v>
+      </c>
+      <c r="D221" t="s">
+        <v>448</v>
+      </c>
+      <c r="E221" t="s">
+        <v>243</v>
+      </c>
+      <c r="F221" t="s">
+        <v>502</v>
+      </c>
+      <c r="G221" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7">
+      <c r="A222">
+        <v>221</v>
+      </c>
+      <c r="B222" t="s">
+        <v>503</v>
+      </c>
+      <c r="C222" t="s">
+        <v>14</v>
+      </c>
+      <c r="D222" t="s">
+        <v>448</v>
+      </c>
+      <c r="E222" t="s">
+        <v>504</v>
+      </c>
+      <c r="F222" t="s">
+        <v>502</v>
+      </c>
+      <c r="G222" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7">
+      <c r="A223">
+        <v>222</v>
+      </c>
+      <c r="B223" t="s">
+        <v>505</v>
+      </c>
+      <c r="C223" t="s">
+        <v>14</v>
+      </c>
+      <c r="D223" t="s">
+        <v>448</v>
+      </c>
+      <c r="E223" t="s">
+        <v>243</v>
+      </c>
+      <c r="F223" t="s">
+        <v>506</v>
+      </c>
+      <c r="G223" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7">
+      <c r="A224">
+        <v>223</v>
+      </c>
+      <c r="B224" t="s">
+        <v>507</v>
+      </c>
+      <c r="C224" t="s">
+        <v>14</v>
+      </c>
+      <c r="D224" t="s">
+        <v>448</v>
+      </c>
+      <c r="E224" t="s">
+        <v>508</v>
+      </c>
+      <c r="F224" t="s">
+        <v>506</v>
+      </c>
+      <c r="G224" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7">
+      <c r="A225">
+        <v>224</v>
+      </c>
+      <c r="B225" t="s">
+        <v>509</v>
+      </c>
+      <c r="C225" t="s">
+        <v>14</v>
+      </c>
+      <c r="D225" t="s">
+        <v>448</v>
+      </c>
+      <c r="E225" t="s">
+        <v>10</v>
+      </c>
+      <c r="F225" t="s">
+        <v>510</v>
+      </c>
+      <c r="G225" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7">
+      <c r="A226">
+        <v>225</v>
+      </c>
+      <c r="B226" t="s">
+        <v>511</v>
+      </c>
+      <c r="C226" t="s">
+        <v>14</v>
+      </c>
+      <c r="D226" t="s">
+        <v>448</v>
+      </c>
+      <c r="E226" t="s">
+        <v>178</v>
+      </c>
+      <c r="F226" t="s">
+        <v>510</v>
+      </c>
+      <c r="G226" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7">
+      <c r="A227">
+        <v>226</v>
+      </c>
+      <c r="B227" t="s">
+        <v>512</v>
+      </c>
+      <c r="C227" t="s">
+        <v>14</v>
+      </c>
+      <c r="D227" t="s">
+        <v>448</v>
+      </c>
+      <c r="E227" t="s">
+        <v>513</v>
+      </c>
+      <c r="F227" t="s">
+        <v>510</v>
+      </c>
+      <c r="G227" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7">
+      <c r="A228">
+        <v>227</v>
+      </c>
+      <c r="B228" t="s">
+        <v>514</v>
+      </c>
+      <c r="C228" t="s">
+        <v>14</v>
+      </c>
+      <c r="D228" t="s">
+        <v>448</v>
+      </c>
+      <c r="E228" t="s">
+        <v>515</v>
+      </c>
+      <c r="F228" t="s">
+        <v>510</v>
+      </c>
+      <c r="G228" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7">
+      <c r="A229">
+        <v>228</v>
+      </c>
+      <c r="B229" t="s">
+        <v>516</v>
+      </c>
+      <c r="C229" t="s">
+        <v>14</v>
+      </c>
+      <c r="D229" t="s">
+        <v>448</v>
+      </c>
+      <c r="E229" t="s">
+        <v>517</v>
+      </c>
+      <c r="F229" t="s">
+        <v>510</v>
+      </c>
+      <c r="G229" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">