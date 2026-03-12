--- v1 (2026-01-25)
+++ v2 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="518">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="620">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Registration Category</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Job Title</t>
   </si>
   <si>
     <t>Organization Name</t>
   </si>
   <si>
     <t>Organization Type</t>
   </si>
   <si>
     <t>Hazem Moghazi</t>
   </si>
   <si>
@@ -113,453 +113,447 @@
   <si>
     <t>Mansour Ahmed Abdel Gelil</t>
   </si>
   <si>
     <t>Senior Director Operation</t>
   </si>
   <si>
     <t>Ayman Bassiouny</t>
   </si>
   <si>
     <t>CFO</t>
   </si>
   <si>
     <t>Mohamed Abady</t>
   </si>
   <si>
     <t>Operation Dorector</t>
   </si>
   <si>
     <t>Assem Eid</t>
   </si>
   <si>
     <t>Complaince Manager</t>
   </si>
   <si>
-    <t>Mohamed Mashhour</t>
+    <t>Atef El Gohary</t>
+  </si>
+  <si>
+    <t>Executive Board Member</t>
   </si>
   <si>
     <t>Bedayti for Microfinance</t>
   </si>
   <si>
     <t>MFIs</t>
   </si>
   <si>
-    <t>Ahmed Mousa</t>
+    <t>Wael Elsayed</t>
+  </si>
+  <si>
+    <t>Operations Deputy Director</t>
+  </si>
+  <si>
+    <t>Ahmed Elgamhody</t>
+  </si>
+  <si>
+    <t>Operations Director</t>
+  </si>
+  <si>
+    <t>Fatma El Zahraa Hamdi Azzazi</t>
+  </si>
+  <si>
+    <t>Division Head -Non-Bank Financial Institutions</t>
+  </si>
+  <si>
+    <t>Commercial International Bank</t>
+  </si>
+  <si>
+    <t>Bank</t>
+  </si>
+  <si>
+    <t>Heba Abdel Latif</t>
+  </si>
+  <si>
+    <t>Head of Financial Institutions</t>
+  </si>
+  <si>
+    <t>Heba Sabet</t>
+  </si>
+  <si>
+    <t>Head of Non-Bank Financial Institutions and Sovereign Wealth Fund</t>
+  </si>
+  <si>
+    <t>Mahmoud Sherif</t>
+  </si>
+  <si>
+    <t>Portfolio Manager Development Finance</t>
+  </si>
+  <si>
+    <t>Alyaa Hafez</t>
+  </si>
+  <si>
+    <t>Sector Head Development Finance</t>
+  </si>
+  <si>
+    <t>Hassan Farid</t>
+  </si>
+  <si>
+    <t>Dakahlia Businessmen Association for Community Development</t>
+  </si>
+  <si>
+    <t>Samir ElGamal</t>
+  </si>
+  <si>
+    <t>Chairman</t>
+  </si>
+  <si>
+    <t>Mohamed Sabee</t>
+  </si>
+  <si>
+    <t>Board member</t>
+  </si>
+  <si>
+    <t>Mohamed Nabil</t>
+  </si>
+  <si>
+    <t>Operation Manger</t>
+  </si>
+  <si>
+    <t>Karim ElSakhawy</t>
+  </si>
+  <si>
+    <t>Branch Manger</t>
+  </si>
+  <si>
+    <t>Ahmed Abdelwahab</t>
+  </si>
+  <si>
+    <t>Microfinance Senior Advisor</t>
+  </si>
+  <si>
+    <t>Entrust</t>
+  </si>
+  <si>
+    <t>Consultancy</t>
+  </si>
+  <si>
+    <t>Aya Elsakka</t>
+  </si>
+  <si>
+    <t>Senior Officer, Investment Management</t>
+  </si>
+  <si>
+    <t>Finance in Motion, SANAD Fund for MSME</t>
+  </si>
+  <si>
+    <t>Investor</t>
+  </si>
+  <si>
+    <t>Rana Ramsis</t>
+  </si>
+  <si>
+    <t>Associate Investment Officer</t>
+  </si>
+  <si>
+    <t>International Finance Corporation</t>
+  </si>
+  <si>
+    <t>Multilateral Organization</t>
+  </si>
+  <si>
+    <t>Farida Matta</t>
+  </si>
+  <si>
+    <t>Project Manager</t>
+  </si>
+  <si>
+    <t>Nada El Mawardy</t>
+  </si>
+  <si>
+    <t>Operations Analyst</t>
+  </si>
+  <si>
+    <t>International Financial Corporation</t>
+  </si>
+  <si>
+    <t>Hesham elhusseiny</t>
+  </si>
+  <si>
+    <t>Executive Dirctor of the Instituional Upgrade Project</t>
+  </si>
+  <si>
+    <t>Egyptian Federation for MSMEF</t>
+  </si>
+  <si>
+    <t>Network</t>
+  </si>
+  <si>
+    <t>Ali Saad</t>
+  </si>
+  <si>
+    <t>General Manager</t>
+  </si>
+  <si>
+    <t>Hala Abo elsaad</t>
+  </si>
+  <si>
+    <t>Chairman of the Board</t>
+  </si>
+  <si>
+    <t>Mirna  El Banawy</t>
+  </si>
+  <si>
+    <t>Project Coordinator-Economic Development Unit</t>
+  </si>
+  <si>
+    <t>North South Consultants Exchange</t>
+  </si>
+  <si>
+    <t>Consultation</t>
+  </si>
+  <si>
+    <t>Fady Youssef</t>
   </si>
   <si>
     <t>Chief Financial Officer</t>
   </si>
   <si>
-    <t>Atef El Gohary</t>
-[...95 lines deleted...]
-    <t>Mohamed Morsy</t>
+    <t>Reefy Micro Finance Enterprise Services</t>
+  </si>
+  <si>
+    <t>Dina Abdel Rahim</t>
+  </si>
+  <si>
+    <t>CHRO</t>
+  </si>
+  <si>
+    <t>Yasser Abdou</t>
+  </si>
+  <si>
+    <t>CIO</t>
+  </si>
+  <si>
+    <t>Rana Adel</t>
+  </si>
+  <si>
+    <t>Compliance Manager</t>
+  </si>
+  <si>
+    <t>Mostafa El Gaafary</t>
+  </si>
+  <si>
+    <t>Ahmed Labib</t>
+  </si>
+  <si>
+    <t>Managing Director &amp; CEO</t>
+  </si>
+  <si>
+    <t>Reefy Micro-Finance Enterprise Services</t>
+  </si>
+  <si>
+    <t>Ahmed Nabih</t>
+  </si>
+  <si>
+    <t>Synapse Analytics</t>
+  </si>
+  <si>
+    <t>Galal Elbeshbishy</t>
+  </si>
+  <si>
+    <t>Co-Founder &amp; COO</t>
+  </si>
+  <si>
+    <t>Ahmed Abbas</t>
+  </si>
+  <si>
+    <t>Branches Network Senior Manager</t>
+  </si>
+  <si>
+    <t>Tamweely Financial Services</t>
+  </si>
+  <si>
+    <t>FSPs</t>
+  </si>
+  <si>
+    <t>Dalal Takla</t>
+  </si>
+  <si>
+    <t>Chief Business Excellence Officer</t>
+  </si>
+  <si>
+    <t>Mahmoud Roushdy</t>
+  </si>
+  <si>
+    <t>Strategic Planning Specialist</t>
+  </si>
+  <si>
+    <t>Ahmed Khorched</t>
+  </si>
+  <si>
+    <t>Bishoy Yacoub</t>
+  </si>
+  <si>
+    <t>Senior Marketing Manager</t>
+  </si>
+  <si>
+    <t>Rami Raafat</t>
+  </si>
+  <si>
+    <t>Products and Branches Network Director</t>
+  </si>
+  <si>
+    <t>Islam Saad</t>
+  </si>
+  <si>
+    <t>Risk Director</t>
+  </si>
+  <si>
+    <t>Diaa Diab</t>
+  </si>
+  <si>
+    <t>Islam Ali</t>
+  </si>
+  <si>
+    <t>Senior Manager, Quality Management</t>
+  </si>
+  <si>
+    <t>Yassin Hakki</t>
+  </si>
+  <si>
+    <t>Senior Strategy and Planning</t>
+  </si>
+  <si>
+    <t>Hager El-Sayed</t>
+  </si>
+  <si>
+    <t>Sustainability Specialist</t>
+  </si>
+  <si>
+    <t>Aladdin ElAfifi</t>
+  </si>
+  <si>
+    <t>Tanmeyah Chairman</t>
+  </si>
+  <si>
+    <t>Tanmeyah</t>
+  </si>
+  <si>
+    <t>Yasmine Haggag</t>
+  </si>
+  <si>
+    <t>Senior Director of Marketing, Products &amp; Sustainability</t>
+  </si>
+  <si>
+    <t>Pierre Kamal</t>
+  </si>
+  <si>
+    <t>Chief Risk officer</t>
+  </si>
+  <si>
+    <t>Waleed Rammah</t>
+  </si>
+  <si>
+    <t>CEO &amp; MD</t>
+  </si>
+  <si>
+    <t>Jurgen Hammer</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Senior Advisor</t>
+  </si>
+  <si>
+    <t>Cerise+SPTF</t>
+  </si>
+  <si>
+    <t>Pardis Mikaili</t>
+  </si>
+  <si>
+    <t>Investment Officer</t>
+  </si>
+  <si>
+    <t>Grameen Crédit Agricole</t>
+  </si>
+  <si>
+    <t>Khady Fall</t>
+  </si>
+  <si>
+    <t>Regional Investment Manager</t>
+  </si>
+  <si>
+    <t>Juliette Robert</t>
+  </si>
+  <si>
+    <t>Project Leader</t>
+  </si>
+  <si>
+    <t>Anvar Mamarajabov</t>
+  </si>
+  <si>
+    <t>Georgia</t>
+  </si>
+  <si>
+    <t>Senior Investment Officer</t>
+  </si>
+  <si>
+    <t>Blueorchard Finance Ltd</t>
+  </si>
+  <si>
+    <t>Kateryna Morton</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Manager, Technical Assistance Management</t>
+  </si>
+  <si>
+    <t>Finance In Motion, SANAD Fund For MSME</t>
+  </si>
+  <si>
+    <t>Ahmed Mostafa Khalil</t>
   </si>
   <si>
     <t>Manager, Investment Management</t>
   </si>
   <si>
-    <t>Finance in Motion, SANAD Fund for MSME</t>
-[...274 lines deleted...]
-  <si>
     <t>Iveta Tancheva-Nikolova</t>
   </si>
   <si>
     <t>Portfolio Manager</t>
   </si>
   <si>
-    <t>Mathias Dittrich</t>
-[...2 lines deleted...]
-    <t>Senior Manager, Investment Management</t>
+    <t>Nour Itani</t>
+  </si>
+  <si>
+    <t>Associate, Investment Management</t>
+  </si>
+  <si>
+    <t>Finance in Motion GmbH</t>
   </si>
   <si>
     <t>Michael Stürzer</t>
   </si>
   <si>
     <t>Senior Officer, Fund Management</t>
   </si>
   <si>
     <t>Asmus Rotne</t>
   </si>
   <si>
     <t>Managing Partner</t>
   </si>
   <si>
     <t>I.D. Inspiring Development Gmbh</t>
   </si>
   <si>
     <t>Limited Liability Company (LLC)</t>
   </si>
   <si>
     <t>Adel Rafuca</t>
   </si>
   <si>
     <t>Iraq</t>
   </si>
@@ -578,53 +572,50 @@
   <si>
     <t>Executive Director</t>
   </si>
   <si>
     <t>Abdullah Kazzaz</t>
   </si>
   <si>
     <t>Financial Manager</t>
   </si>
   <si>
     <t>Mohamed Bachachi</t>
   </si>
   <si>
     <t>Co-Direcor</t>
   </si>
   <si>
     <t>Vitas Iraq</t>
   </si>
   <si>
     <t>Hyader Nabil</t>
   </si>
   <si>
     <t>Credit Manager</t>
   </si>
   <si>
-    <t>Mohammed Al-Najar</t>
-[...1 lines deleted...]
-  <si>
     <t>Samir Selim</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Head of Operations Africa &amp; Middle East</t>
   </si>
   <si>
     <t>MFR</t>
   </si>
   <si>
     <t>Advisory Service</t>
   </si>
   <si>
     <t>Roxane Lemercier</t>
   </si>
   <si>
     <t>Business Development Manager Africa &amp; Middle East</t>
   </si>
   <si>
     <t>ADVISORY SERVICE</t>
   </si>
   <si>
     <t>Moh'd Bdair</t>
@@ -794,51 +785,54 @@
   <si>
     <t>Regional Sales Manager</t>
   </si>
   <si>
     <t>Gate to Pay</t>
   </si>
   <si>
     <t>Payment Service Provider - PSP</t>
   </si>
   <si>
     <t>Mohammad Khlaifat</t>
   </si>
   <si>
     <t>Deputy General Manager - Head of Business</t>
   </si>
   <si>
     <t>Njoud H. Aweis</t>
   </si>
   <si>
     <t>Suhib Abdeljawad</t>
   </si>
   <si>
     <t>Jordan Microfinance Company "Tamweelcom"</t>
   </si>
   <si>
-    <t>Ibrahim Saif</t>
+    <t>Mahmoud Al-Khatib</t>
+  </si>
+  <si>
+    <t>Internal Audit Director</t>
   </si>
   <si>
     <t>Basem Khanfar</t>
   </si>
   <si>
     <t>Issam Shnoudeh</t>
   </si>
   <si>
     <t>Chief Operations Officer</t>
   </si>
   <si>
     <t>Manar Abu Ali</t>
   </si>
   <si>
     <t>Credit Management Director</t>
   </si>
   <si>
     <t>Amer Khalaf</t>
   </si>
   <si>
     <t>Digital Transformation Director</t>
   </si>
   <si>
     <t>Mohammad Iqtami</t>
   </si>
@@ -1034,68 +1028,71 @@
   <si>
     <t>Head of Financing and Treasury</t>
   </si>
   <si>
     <t>Narjisse Lyakoubi</t>
   </si>
   <si>
     <t>Head of Organization</t>
   </si>
   <si>
     <t>Amina Ouzir</t>
   </si>
   <si>
     <t>Head of Purchasing and Asset Management</t>
   </si>
   <si>
     <t>El Ouasiai</t>
   </si>
   <si>
     <t>Human Resources Manager</t>
   </si>
   <si>
     <t>Latrach Younes</t>
   </si>
   <si>
-    <t>Internal Audit Director</t>
-[...1 lines deleted...]
-  <si>
     <t>Houria Marraky</t>
   </si>
   <si>
     <t>Training Officer</t>
   </si>
   <si>
     <t>Centre Mohammed VI De Soutien À La Microfinance Solidaire</t>
   </si>
   <si>
     <t>Hicham Kharrou</t>
   </si>
   <si>
     <t>Fondation Attawfiq Microfinance</t>
   </si>
   <si>
+    <t>Redouane Aissaoui</t>
+  </si>
+  <si>
+    <t>Organisation Director</t>
+  </si>
+  <si>
     <t>Youssef Mekouar</t>
   </si>
   <si>
     <t>Senior Operations Officer</t>
   </si>
   <si>
     <t>Rafia Saleem</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Operations Officer</t>
   </si>
   <si>
     <t>Amer Hidmi</t>
   </si>
   <si>
     <t>Palestine</t>
   </si>
   <si>
     <t>Vitas Palestine</t>
   </si>
   <si>
     <t>Nisreen Samarah</t>
@@ -1566,50 +1563,359 @@
     <t>Ibrahim Al-Sukaimi</t>
   </si>
   <si>
     <t>Yemen Microfinance Network</t>
   </si>
   <si>
     <t>Gawaher Ali Hussein</t>
   </si>
   <si>
     <t>Hani Al-Fakih</t>
   </si>
   <si>
     <t>Deputy Chief Executive Officer</t>
   </si>
   <si>
     <t>Emad Al-Matari</t>
   </si>
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Ameen Al-Awli</t>
   </si>
   <si>
     <t>Project and Program Manager</t>
+  </si>
+  <si>
+    <t>AMR ABOU EL AZM</t>
+  </si>
+  <si>
+    <t>CEO ,Vice Chairman &amp; Co-founder</t>
+  </si>
+  <si>
+    <t>Erada Finance</t>
+  </si>
+  <si>
+    <t>MFIs &amp; SMEs</t>
+  </si>
+  <si>
+    <t>Mohamed Serry</t>
+  </si>
+  <si>
+    <t>Monetization &amp; Business Growth Director</t>
+  </si>
+  <si>
+    <t>Timo Bucher</t>
+  </si>
+  <si>
+    <t>Country Representative Egypt</t>
+  </si>
+  <si>
+    <t>German Sparkassenstiftung for International Cooperation</t>
+  </si>
+  <si>
+    <t>NGO</t>
+  </si>
+  <si>
+    <t>May Salameh Jones</t>
+  </si>
+  <si>
+    <t>Senior Advisor to the CEO on Growth and Transformation</t>
+  </si>
+  <si>
+    <t>Corus / Lutheran World Relief</t>
+  </si>
+  <si>
+    <t>Lara Hassoun</t>
+  </si>
+  <si>
+    <t>AEP</t>
+  </si>
+  <si>
+    <t>Tim Nourse</t>
+  </si>
+  <si>
+    <t>President &amp; CEO</t>
+  </si>
+  <si>
+    <t>Making Cents International</t>
+  </si>
+  <si>
+    <t>Advisory</t>
+  </si>
+  <si>
+    <t>meryem bennis</t>
+  </si>
+  <si>
+    <t>Investment officer</t>
+  </si>
+  <si>
+    <t>Shaif Ali Alansi</t>
+  </si>
+  <si>
+    <t>Bin Dowal Foundation for Development</t>
+  </si>
+  <si>
+    <t>Fawzi Faraj Altewai</t>
+  </si>
+  <si>
+    <t>Microfinance Manager</t>
+  </si>
+  <si>
+    <t>Bindowal Microfinance Islamic Bank</t>
+  </si>
+  <si>
+    <t>Ammar Ali Ghalib</t>
+  </si>
+  <si>
+    <t>Executive Manger</t>
+  </si>
+  <si>
+    <t>Amalkom for Economic Development</t>
+  </si>
+  <si>
+    <t>Methqal AlQahoom</t>
+  </si>
+  <si>
+    <t>Country Director of Sudan Office</t>
+  </si>
+  <si>
+    <t>Building Foundation For Development</t>
+  </si>
+  <si>
+    <t>OLA HARIRI</t>
+  </si>
+  <si>
+    <t>Program Manager</t>
+  </si>
+  <si>
+    <t>Lebanese Micro Finance Association</t>
+  </si>
+  <si>
+    <t>Paul Blower</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>Trading, MENA &amp; EECCA</t>
+  </si>
+  <si>
+    <t>TCX Fund</t>
+  </si>
+  <si>
+    <t>Development Finance Fund</t>
+  </si>
+  <si>
+    <t>Saddam alkaabi</t>
+  </si>
+  <si>
+    <t>Branch manager</t>
+  </si>
+  <si>
+    <t>Al- QUTAIBI ISLAMIC BANK</t>
+  </si>
+  <si>
+    <t>Dina Hamdy</t>
+  </si>
+  <si>
+    <t>Sanabel Members</t>
+  </si>
+  <si>
+    <t>Marketing Manager</t>
+  </si>
+  <si>
+    <t>Lead Foundation</t>
+  </si>
+  <si>
+    <t>Mahmoud Hosny</t>
+  </si>
+  <si>
+    <t>HR Manager</t>
+  </si>
+  <si>
+    <t>MANSOUR ALWREIKAT</t>
+  </si>
+  <si>
+    <t>General Director</t>
+  </si>
+  <si>
+    <t>Development &amp; Employment Fund</t>
+  </si>
+  <si>
+    <t>Celine Serhal</t>
+  </si>
+  <si>
+    <t>Project Manager and Consultant</t>
+  </si>
+  <si>
+    <t>GOPA AFC</t>
+  </si>
+  <si>
+    <t>Consulting</t>
+  </si>
+  <si>
+    <t>Rabee Daba</t>
+  </si>
+  <si>
+    <t>The First Microfinance Bank</t>
+  </si>
+  <si>
+    <t>SAED IBRAHIM MOHAMUD</t>
+  </si>
+  <si>
+    <t>ASAL MICROFINANCE</t>
+  </si>
+  <si>
+    <t>Fatma Bakr</t>
+  </si>
+  <si>
+    <t>Business Development Expert</t>
+  </si>
+  <si>
+    <t>Business Consulting and Services</t>
+  </si>
+  <si>
+    <t>Dr M.Smadi</t>
+  </si>
+  <si>
+    <t>General Manager Deputy</t>
+  </si>
+  <si>
+    <t>Agricultaral credit Corporation / Jordan</t>
+  </si>
+  <si>
+    <t>Mohammad Dojan</t>
+  </si>
+  <si>
+    <t>Kareem Khodary</t>
+  </si>
+  <si>
+    <t>Associate Director</t>
+  </si>
+  <si>
+    <t>AUC Center for Entrepreneurship and Innovation</t>
+  </si>
+  <si>
+    <t>Univeristy</t>
+  </si>
+  <si>
+    <t>Sherine El Essawi</t>
+  </si>
+  <si>
+    <t>Program Manager of AUC Women on Boards Observatory</t>
+  </si>
+  <si>
+    <t>Jina Ghobrial</t>
+  </si>
+  <si>
+    <t>Senior Coordinator</t>
+  </si>
+  <si>
+    <t>Laila El Gindy</t>
+  </si>
+  <si>
+    <t>Senior Research Associate</t>
+  </si>
+  <si>
+    <t>Kareem AbdElnafea</t>
+  </si>
+  <si>
+    <t>Research Assistant</t>
+  </si>
+  <si>
+    <t>Laila ElMoshneb</t>
+  </si>
+  <si>
+    <t>Gender and Diversity Expert</t>
+  </si>
+  <si>
+    <t>Rasha Yousry</t>
+  </si>
+  <si>
+    <t>Head of Micro and Small businesses</t>
+  </si>
+  <si>
+    <t>Central Bank of Egypt</t>
+  </si>
+  <si>
+    <t>Yasmin Sherif</t>
+  </si>
+  <si>
+    <t>Banks Relationship Manager</t>
+  </si>
+  <si>
+    <t>Dr.Hossam Bashir</t>
+  </si>
+  <si>
+    <t>Supervisor of the Central Adminstration for oversight of Finanacing SME's and oversight unit for Associations and civil Instituations</t>
+  </si>
+  <si>
+    <t>Financial Regulatory Authority (FRA)</t>
+  </si>
+  <si>
+    <t>Sherif Safwat</t>
+  </si>
+  <si>
+    <t>Maram Abedallah</t>
+  </si>
+  <si>
+    <t>Financial Solutions Analyst</t>
+  </si>
+  <si>
+    <t>Future Information Systems-FIS</t>
+  </si>
+  <si>
+    <t>FinTech</t>
+  </si>
+  <si>
+    <t>Walid Kalloub</t>
+  </si>
+  <si>
+    <t>Technical lead</t>
+  </si>
+  <si>
+    <t>Elsayed Mohamed</t>
+  </si>
+  <si>
+    <t>Dr.Hani Abdullah Ragaban</t>
+  </si>
+  <si>
+    <t>Others</t>
+  </si>
+  <si>
+    <t>Julien Mahuzier</t>
+  </si>
+  <si>
+    <t>Juakali</t>
+  </si>
+  <si>
+    <t>Mohsen Alsheyuhi</t>
+  </si>
+  <si>
+    <t>Shumul Bank For Islamic Microfinance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1929,63 +2235,63 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G229"/>
+  <dimension ref="A1:G263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="37.419" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -2213,5048 +2519,5830 @@
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>14</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
       <c r="E12" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>14</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>14</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F15" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G15" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
       <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
         <v>43</v>
       </c>
-      <c r="F16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>8</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>8</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
         <v>8</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C20" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G20" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C21" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F21" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G21" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C22" t="s">
         <v>14</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="F22" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
         <v>14</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F23" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
         <v>14</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F24" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F25" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="G25" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>14</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F26" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="G26" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C27" t="s">
         <v>8</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F27" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G27" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G28" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C29" t="s">
         <v>8</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G29" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
         <v>8</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F30" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="G30" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C31" t="s">
         <v>8</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F31" t="s">
         <v>82</v>
       </c>
       <c r="G31" t="s">
-        <v>16</v>
+        <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C32" t="s">
         <v>8</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
       <c r="E32" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F32" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G32" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C33" t="s">
         <v>8</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
       <c r="E33" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F33" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="G33" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C34" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
       <c r="E34" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F34" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="G34" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C35" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F35" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G35" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C36" t="s">
         <v>14</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
       <c r="E36" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="F36" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G36" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C37" t="s">
         <v>14</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
       <c r="E37" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F37" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G37" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C38" t="s">
         <v>14</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
       <c r="E38" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="F38" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G38" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
         <v>14</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
       <c r="E39" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F39" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="G39" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C40" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
       <c r="E40" t="s">
-        <v>43</v>
+        <v>85</v>
       </c>
       <c r="F40" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="G40" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C41" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F41" t="s">
         <v>106</v>
       </c>
       <c r="G41" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
       <c r="E42" t="s">
-        <v>88</v>
+        <v>110</v>
       </c>
       <c r="F42" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G42" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C43" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F43" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="G43" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C44" t="s">
         <v>14</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44" t="s">
+        <v>116</v>
+      </c>
+      <c r="F44" t="s">
+        <v>111</v>
+      </c>
+      <c r="G44" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C45" t="s">
         <v>14</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="F45" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G45" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C46" t="s">
         <v>14</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F46" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G46" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C47" t="s">
         <v>14</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
       <c r="E47" t="s">
-        <v>105</v>
+        <v>121</v>
       </c>
       <c r="F47" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G47" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
         <v>14</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F48" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G48" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>14</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
       <c r="E49" t="s">
         <v>123</v>
       </c>
       <c r="F49" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G49" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C50" t="s">
         <v>14</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
       <c r="E50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F50" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G50" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
         <v>14</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
       <c r="E51" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F51" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G51" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C52" t="s">
         <v>14</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
       <c r="E52" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F52" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="G52" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C53" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
       <c r="E53" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F53" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="G53" t="s">
-        <v>114</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C54" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
       <c r="E54" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F54" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="G54" t="s">
-        <v>114</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C55" t="s">
         <v>8</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
       <c r="E55" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F55" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="G55" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C56" t="s">
         <v>8</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
       <c r="E56" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F56" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="G56" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C57" t="s">
         <v>8</v>
       </c>
       <c r="D57" t="s">
-        <v>9</v>
+        <v>141</v>
       </c>
       <c r="E57" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F57" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="G57" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C58" t="s">
         <v>8</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>141</v>
       </c>
       <c r="E58" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F58" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="G58" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C59" t="s">
         <v>8</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>141</v>
       </c>
       <c r="E59" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F59" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="G59" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C60" t="s">
         <v>8</v>
       </c>
       <c r="D60" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="E60" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F60" t="s">
-        <v>147</v>
+        <v>73</v>
       </c>
       <c r="G60" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C61" t="s">
         <v>8</v>
       </c>
       <c r="D61" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="E61" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="F61" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G61" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C62" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D62" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="E62" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="F62" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G62" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C63" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D63" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="E63" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F63" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="G63" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C64" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D64" t="s">
         <v>156</v>
       </c>
       <c r="E64" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F64" t="s">
-        <v>158</v>
+        <v>69</v>
       </c>
       <c r="G64" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C65" t="s">
         <v>14</v>
       </c>
       <c r="D65" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E65" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F65" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G65" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C66" t="s">
         <v>14</v>
       </c>
       <c r="D66" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E66" t="s">
-        <v>71</v>
+        <v>167</v>
       </c>
       <c r="F66" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G66" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C67" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D67" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E67" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F67" t="s">
-        <v>72</v>
+        <v>170</v>
       </c>
       <c r="G67" t="s">
-        <v>73</v>
+        <v>171</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="C68" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D68" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="E68" t="s">
-        <v>167</v>
+        <v>56</v>
       </c>
       <c r="F68" t="s">
-        <v>72</v>
+        <v>174</v>
       </c>
       <c r="G68" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C69" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D69" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="E69" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F69" t="s">
-        <v>72</v>
+        <v>174</v>
       </c>
       <c r="G69" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="C70" t="s">
         <v>8</v>
       </c>
       <c r="D70" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="E70" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="F70" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="G70" t="s">
-        <v>173</v>
+        <v>36</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>179</v>
+      </c>
+      <c r="C71" t="s">
+        <v>8</v>
+      </c>
+      <c r="D71" t="s">
+        <v>173</v>
+      </c>
+      <c r="E71" t="s">
+        <v>180</v>
+      </c>
+      <c r="F71" t="s">
         <v>174</v>
       </c>
-      <c r="C71" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G71" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C72" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D72" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E72" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="F72" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="G72" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C73" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D73" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E73" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F73" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="G73" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C74" t="s">
         <v>8</v>
       </c>
       <c r="D74" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="E74" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F74" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="G74" t="s">
-        <v>35</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="C75" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D75" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="E75" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="F75" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="G75" t="s">
-        <v>35</v>
+        <v>193</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="C76" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D76" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="E76" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="F76" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="G76" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="C77" t="s">
         <v>14</v>
       </c>
       <c r="D77" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="E77" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="F77" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="G77" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="C78" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D78" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E78" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="F78" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="G78" t="s">
-        <v>193</v>
+        <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="C79" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D79" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="E79" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="F79" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="G79" t="s">
-        <v>196</v>
+        <v>36</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="C80" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D80" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E80" t="s">
         <v>199</v>
       </c>
       <c r="F80" t="s">
         <v>200</v>
       </c>
       <c r="G80" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C81" t="s">
         <v>14</v>
       </c>
       <c r="D81" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E81" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F81" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="G81" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C82" t="s">
         <v>14</v>
       </c>
       <c r="D82" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E82" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F82" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="G82" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C83" t="s">
         <v>14</v>
       </c>
       <c r="D83" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E83" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F83" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="G83" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C84" t="s">
         <v>14</v>
       </c>
       <c r="D84" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E84" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F84" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="G84" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C85" t="s">
         <v>14</v>
       </c>
       <c r="D85" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E85" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="F85" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="G85" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C86" t="s">
         <v>14</v>
       </c>
       <c r="D86" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E86" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F86" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="G86" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C87" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D87" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E87" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F87" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="G87" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C88" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D88" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E88" t="s">
-        <v>207</v>
+        <v>185</v>
       </c>
       <c r="F88" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="G88" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C89" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D89" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E89" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F89" t="s">
-        <v>203</v>
+        <v>222</v>
       </c>
       <c r="G89" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="C90" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D90" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E90" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="F90" t="s">
-        <v>203</v>
+        <v>222</v>
       </c>
       <c r="G90" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="C91" t="s">
         <v>8</v>
       </c>
       <c r="D91" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E91" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="F91" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G91" t="s">
-        <v>35</v>
+        <v>228</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="C92" t="s">
         <v>8</v>
       </c>
       <c r="D92" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E92" t="s">
-        <v>187</v>
+        <v>230</v>
       </c>
       <c r="F92" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="G92" t="s">
-        <v>35</v>
+        <v>228</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="C93" t="s">
         <v>8</v>
       </c>
       <c r="D93" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E93" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="F93" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G93" t="s">
-        <v>12</v>
+        <v>228</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C94" t="s">
         <v>8</v>
       </c>
       <c r="D94" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E94" t="s">
+        <v>234</v>
+      </c>
+      <c r="F94" t="s">
         <v>227</v>
       </c>
-      <c r="F94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G94" t="s">
-        <v>12</v>
+        <v>228</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>235</v>
+      </c>
+      <c r="C95" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" t="s">
+        <v>195</v>
+      </c>
+      <c r="E95" t="s">
+        <v>236</v>
+      </c>
+      <c r="F95" t="s">
+        <v>227</v>
+      </c>
+      <c r="G95" t="s">
         <v>228</v>
-      </c>
-[...13 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C96" t="s">
         <v>8</v>
       </c>
       <c r="D96" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E96" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F96" t="s">
-        <v>230</v>
+        <v>143</v>
       </c>
       <c r="G96" t="s">
-        <v>231</v>
+        <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C97" t="s">
         <v>8</v>
       </c>
       <c r="D97" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E97" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F97" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="G97" t="s">
-        <v>231</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="C98" t="s">
         <v>8</v>
       </c>
       <c r="D98" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E98" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="F98" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="G98" t="s">
-        <v>231</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C99" t="s">
         <v>8</v>
       </c>
       <c r="D99" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E99" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="F99" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="G99" t="s">
-        <v>231</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C100" t="s">
         <v>8</v>
       </c>
       <c r="D100" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E100" t="s">
+        <v>247</v>
+      </c>
+      <c r="F100" t="s">
         <v>241</v>
       </c>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G100" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="C101" t="s">
         <v>8</v>
       </c>
       <c r="D101" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E101" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="F101" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="G101" t="s">
-        <v>12</v>
+        <v>251</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C102" t="s">
         <v>8</v>
       </c>
       <c r="D102" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E102" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="F102" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="G102" t="s">
-        <v>12</v>
+        <v>251</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="C103" t="s">
         <v>8</v>
       </c>
       <c r="D103" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E103" t="s">
-        <v>248</v>
+        <v>78</v>
       </c>
       <c r="F103" t="s">
-        <v>244</v>
+        <v>73</v>
       </c>
       <c r="G103" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C104" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D104" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E104" t="s">
-        <v>250</v>
+        <v>199</v>
       </c>
       <c r="F104" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="G104" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="C105" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D105" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E105" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="F105" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="G105" t="s">
-        <v>254</v>
+        <v>36</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C106" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D106" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E106" t="s">
+        <v>10</v>
+      </c>
+      <c r="F106" t="s">
         <v>256</v>
       </c>
-      <c r="F106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G106" t="s">
-        <v>254</v>
+        <v>36</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C107" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D107" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E107" t="s">
-        <v>81</v>
+        <v>261</v>
       </c>
       <c r="F107" t="s">
-        <v>76</v>
+        <v>256</v>
       </c>
       <c r="G107" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C108" t="s">
         <v>14</v>
       </c>
       <c r="D108" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E108" t="s">
-        <v>202</v>
+        <v>263</v>
       </c>
       <c r="F108" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G108" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C109" t="s">
         <v>14</v>
       </c>
       <c r="D109" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E109" t="s">
-        <v>59</v>
+        <v>265</v>
       </c>
       <c r="F109" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G109" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C110" t="s">
         <v>14</v>
       </c>
       <c r="D110" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E110" t="s">
-        <v>10</v>
+        <v>267</v>
       </c>
       <c r="F110" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G110" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="C111" t="s">
         <v>14</v>
       </c>
       <c r="D111" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E111" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="F111" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G111" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="C112" t="s">
         <v>14</v>
       </c>
       <c r="D112" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E112" t="s">
-        <v>265</v>
+        <v>204</v>
       </c>
       <c r="F112" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G112" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C113" t="s">
         <v>14</v>
       </c>
       <c r="D113" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E113" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="F113" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G113" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C114" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D114" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E114" t="s">
-        <v>269</v>
+        <v>240</v>
       </c>
       <c r="F114" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="G114" t="s">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C115" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D115" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E115" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="F115" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="G115" t="s">
-        <v>35</v>
+        <v>275</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C116" t="s">
         <v>14</v>
       </c>
       <c r="D116" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E116" t="s">
-        <v>207</v>
+        <v>10</v>
       </c>
       <c r="F116" t="s">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="G116" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="C117" t="s">
         <v>14</v>
       </c>
       <c r="D117" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E117" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="F117" t="s">
-        <v>259</v>
+        <v>279</v>
       </c>
       <c r="G117" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="C118" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D118" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E118" t="s">
-        <v>243</v>
+        <v>283</v>
       </c>
       <c r="F118" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="G118" t="s">
-        <v>277</v>
+        <v>36</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C119" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D119" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E119" t="s">
+        <v>285</v>
+      </c>
+      <c r="F119" t="s">
         <v>279</v>
       </c>
-      <c r="F119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G119" t="s">
-        <v>277</v>
+        <v>36</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C120" t="s">
         <v>14</v>
       </c>
       <c r="D120" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E120" t="s">
-        <v>10</v>
+        <v>287</v>
       </c>
       <c r="F120" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="G120" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="C121" t="s">
         <v>14</v>
       </c>
       <c r="D121" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E121" t="s">
-        <v>283</v>
+        <v>10</v>
       </c>
       <c r="F121" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="G121" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="C122" t="s">
         <v>14</v>
       </c>
       <c r="D122" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E122" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="F122" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="G122" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C123" t="s">
         <v>14</v>
       </c>
       <c r="D123" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E123" t="s">
-        <v>287</v>
+        <v>215</v>
       </c>
       <c r="F123" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="G123" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C124" t="s">
         <v>14</v>
       </c>
       <c r="D124" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E124" t="s">
+        <v>199</v>
+      </c>
+      <c r="F124" t="s">
         <v>289</v>
       </c>
-      <c r="F124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G124" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C125" t="s">
         <v>14</v>
       </c>
       <c r="D125" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E125" t="s">
-        <v>10</v>
+        <v>199</v>
       </c>
       <c r="F125" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G125" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C126" t="s">
         <v>14</v>
       </c>
       <c r="D126" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E126" t="s">
-        <v>293</v>
+        <v>199</v>
       </c>
       <c r="F126" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G126" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C127" t="s">
         <v>14</v>
       </c>
       <c r="D127" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E127" t="s">
-        <v>218</v>
+        <v>297</v>
       </c>
       <c r="F127" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G127" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C128" t="s">
         <v>14</v>
       </c>
       <c r="D128" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E128" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="F128" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="G128" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C129" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D129" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E129" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="F129" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="G129" t="s">
-        <v>35</v>
+        <v>301</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C130" t="s">
         <v>14</v>
       </c>
       <c r="D130" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E130" t="s">
-        <v>202</v>
+        <v>85</v>
       </c>
       <c r="F130" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="G130" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C131" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D131" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E131" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="F131" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
       <c r="G131" t="s">
-        <v>35</v>
+        <v>307</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="C132" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D132" t="s">
-        <v>198</v>
+        <v>309</v>
       </c>
       <c r="E132" t="s">
-        <v>202</v>
+        <v>310</v>
       </c>
       <c r="F132" t="s">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="G132" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="C133" t="s">
         <v>8</v>
       </c>
       <c r="D133" t="s">
-        <v>198</v>
+        <v>313</v>
       </c>
       <c r="E133" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="F133" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="G133" t="s">
-        <v>303</v>
+        <v>36</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="C134" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D134" t="s">
-        <v>198</v>
+        <v>313</v>
       </c>
       <c r="E134" t="s">
-        <v>88</v>
+        <v>316</v>
       </c>
       <c r="F134" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="G134" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="C135" t="s">
         <v>8</v>
       </c>
       <c r="D135" t="s">
-        <v>198</v>
+        <v>313</v>
       </c>
       <c r="E135" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="F135" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="G135" t="s">
-        <v>309</v>
+        <v>16</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="C136" t="s">
         <v>8</v>
       </c>
       <c r="D136" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E136" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="F136" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="G136" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="C137" t="s">
         <v>8</v>
       </c>
       <c r="D137" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E137" t="s">
-        <v>180</v>
+        <v>324</v>
       </c>
       <c r="F137" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="G137" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="C138" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D138" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="E138" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="F138" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="G138" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="C139" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D139" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="E139" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="F139" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="G139" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="C140" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D140" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="E140" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="F140" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="G140" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="C141" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D141" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="E141" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="F141" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="G141" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="C142" t="s">
         <v>14</v>
       </c>
       <c r="D142" t="s">
+        <v>326</v>
+      </c>
+      <c r="E142" t="s">
+        <v>336</v>
+      </c>
+      <c r="F142" t="s">
         <v>328</v>
       </c>
-      <c r="E142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G142" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="C143" t="s">
         <v>14</v>
       </c>
       <c r="D143" t="s">
+        <v>326</v>
+      </c>
+      <c r="E143" t="s">
+        <v>258</v>
+      </c>
+      <c r="F143" t="s">
         <v>328</v>
       </c>
-      <c r="E143" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G143" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C144" t="s">
         <v>14</v>
       </c>
       <c r="D144" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E144" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="F144" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="G144" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C145" t="s">
         <v>14</v>
       </c>
       <c r="D145" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E145" t="s">
-        <v>336</v>
+        <v>10</v>
       </c>
       <c r="F145" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="G145" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C146" t="s">
         <v>14</v>
       </c>
       <c r="D146" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E146" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="F146" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="G146" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="C147" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D147" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E147" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="F147" t="s">
-        <v>330</v>
+        <v>73</v>
       </c>
       <c r="G147" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C148" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D148" t="s">
-        <v>328</v>
+        <v>348</v>
       </c>
       <c r="E148" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="F148" t="s">
-        <v>343</v>
+        <v>73</v>
       </c>
       <c r="G148" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="C149" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D149" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="E149" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="F149" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="G149" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="C150" t="s">
         <v>14</v>
       </c>
       <c r="D150" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="E150" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="F150" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G150" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="C151" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D151" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="E151" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="F151" t="s">
-        <v>76</v>
+        <v>355</v>
       </c>
       <c r="G151" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="C152" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D152" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E152" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="F152" t="s">
-        <v>76</v>
+        <v>355</v>
       </c>
       <c r="G152" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
+        <v>359</v>
+      </c>
+      <c r="C153" t="s">
+        <v>8</v>
+      </c>
+      <c r="D153" t="s">
         <v>351</v>
       </c>
-      <c r="C153" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E153" t="s">
-        <v>88</v>
+        <v>360</v>
       </c>
       <c r="F153" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="G153" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="C154" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D154" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E154" t="s">
-        <v>355</v>
+        <v>85</v>
       </c>
       <c r="F154" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="G154" t="s">
-        <v>35</v>
+        <v>364</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="C155" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D155" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E155" t="s">
-        <v>37</v>
+        <v>366</v>
       </c>
       <c r="F155" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="G155" t="s">
-        <v>35</v>
+        <v>364</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="C156" t="s">
         <v>14</v>
       </c>
       <c r="D156" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E156" t="s">
-        <v>359</v>
+        <v>346</v>
       </c>
       <c r="F156" t="s">
-        <v>356</v>
+        <v>73</v>
       </c>
       <c r="G156" t="s">
-        <v>35</v>
+        <v>368</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="C157" t="s">
         <v>8</v>
       </c>
       <c r="D157" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E157" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="F157" t="s">
-        <v>362</v>
+        <v>371</v>
       </c>
       <c r="G157" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>363</v>
+        <v>372</v>
       </c>
       <c r="C158" t="s">
         <v>8</v>
       </c>
       <c r="D158" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E158" t="s">
-        <v>88</v>
+        <v>373</v>
       </c>
       <c r="F158" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="G158" t="s">
-        <v>365</v>
+        <v>228</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="C159" t="s">
         <v>8</v>
       </c>
       <c r="D159" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E159" t="s">
-        <v>367</v>
+        <v>305</v>
       </c>
       <c r="F159" t="s">
-        <v>364</v>
+        <v>306</v>
       </c>
       <c r="G159" t="s">
-        <v>365</v>
+        <v>307</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="C160" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D160" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E160" t="s">
-        <v>347</v>
+        <v>305</v>
       </c>
       <c r="F160" t="s">
-        <v>76</v>
+        <v>306</v>
       </c>
       <c r="G160" t="s">
-        <v>369</v>
+        <v>307</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="C161" t="s">
         <v>8</v>
       </c>
       <c r="D161" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="E161" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="F161" t="s">
-        <v>372</v>
+        <v>306</v>
       </c>
       <c r="G161" t="s">
-        <v>35</v>
+        <v>307</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="C162" t="s">
         <v>8</v>
       </c>
       <c r="D162" t="s">
+        <v>351</v>
+      </c>
+      <c r="E162" t="s">
+        <v>215</v>
+      </c>
+      <c r="F162" t="s">
         <v>352</v>
       </c>
-      <c r="E162" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G162" t="s">
-        <v>231</v>
+        <v>36</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C163" t="s">
         <v>8</v>
       </c>
       <c r="D163" t="s">
-        <v>352</v>
+        <v>381</v>
       </c>
       <c r="E163" t="s">
-        <v>307</v>
+        <v>382</v>
       </c>
       <c r="F163" t="s">
-        <v>308</v>
+        <v>383</v>
       </c>
       <c r="G163" t="s">
-        <v>309</v>
+        <v>16</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="C164" t="s">
         <v>8</v>
       </c>
       <c r="D164" t="s">
-        <v>352</v>
+        <v>381</v>
       </c>
       <c r="E164" t="s">
-        <v>307</v>
+        <v>385</v>
       </c>
       <c r="F164" t="s">
-        <v>308</v>
+        <v>383</v>
       </c>
       <c r="G164" t="s">
-        <v>309</v>
+        <v>16</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="C165" t="s">
         <v>8</v>
       </c>
       <c r="D165" t="s">
-        <v>352</v>
+        <v>387</v>
       </c>
       <c r="E165" t="s">
-        <v>379</v>
+        <v>199</v>
       </c>
       <c r="F165" t="s">
-        <v>308</v>
+        <v>388</v>
       </c>
       <c r="G165" t="s">
-        <v>309</v>
+        <v>16</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="C166" t="s">
         <v>8</v>
       </c>
       <c r="D166" t="s">
-        <v>352</v>
+        <v>387</v>
       </c>
       <c r="E166" t="s">
-        <v>218</v>
+        <v>10</v>
       </c>
       <c r="F166" t="s">
-        <v>353</v>
+        <v>388</v>
       </c>
       <c r="G166" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="C167" t="s">
         <v>8</v>
       </c>
       <c r="D167" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="E167" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="F167" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="G167" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="C168" t="s">
         <v>8</v>
       </c>
       <c r="D168" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="E168" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="F168" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="G168" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
+        <v>394</v>
+      </c>
+      <c r="C169" t="s">
+        <v>8</v>
+      </c>
+      <c r="D169" t="s">
         <v>387</v>
       </c>
-      <c r="C169" t="s">
-[...2 lines deleted...]
-      <c r="D169" t="s">
+      <c r="E169" t="s">
+        <v>215</v>
+      </c>
+      <c r="F169" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>389</v>
       </c>
       <c r="G169" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="C170" t="s">
         <v>8</v>
       </c>
       <c r="D170" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E170" t="s">
-        <v>10</v>
+        <v>396</v>
       </c>
       <c r="F170" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="G170" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C171" t="s">
         <v>8</v>
       </c>
       <c r="D171" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="E171" t="s">
-        <v>392</v>
+        <v>10</v>
       </c>
       <c r="F171" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="G171" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="C172" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D172" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="E172" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="F172" t="s">
-        <v>389</v>
+        <v>404</v>
       </c>
       <c r="G172" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="C173" t="s">
         <v>8</v>
       </c>
       <c r="D173" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="E173" t="s">
-        <v>218</v>
+        <v>10</v>
       </c>
       <c r="F173" t="s">
-        <v>389</v>
+        <v>404</v>
       </c>
       <c r="G173" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="C174" t="s">
         <v>8</v>
       </c>
       <c r="D174" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="E174" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="F174" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="G174" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="C175" t="s">
         <v>8</v>
       </c>
       <c r="D175" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E175" t="s">
-        <v>10</v>
+        <v>409</v>
       </c>
       <c r="F175" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="G175" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
+        <v>410</v>
+      </c>
+      <c r="C176" t="s">
+        <v>8</v>
+      </c>
+      <c r="D176" t="s">
         <v>402</v>
       </c>
-      <c r="C176" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E176" t="s">
+        <v>411</v>
+      </c>
+      <c r="F176" t="s">
         <v>404</v>
       </c>
-      <c r="F176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G176" t="s">
-        <v>16</v>
+        <v>412</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C177" t="s">
         <v>8</v>
       </c>
       <c r="D177" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="E177" t="s">
-        <v>10</v>
+        <v>305</v>
       </c>
       <c r="F177" t="s">
-        <v>405</v>
+        <v>306</v>
       </c>
       <c r="G177" t="s">
-        <v>16</v>
+        <v>307</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C178" t="s">
         <v>8</v>
       </c>
       <c r="D178" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="E178" t="s">
-        <v>408</v>
+        <v>10</v>
       </c>
       <c r="F178" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="G178" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="C179" t="s">
         <v>8</v>
       </c>
       <c r="D179" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="E179" t="s">
-        <v>410</v>
+        <v>85</v>
       </c>
       <c r="F179" t="s">
-        <v>405</v>
+        <v>419</v>
       </c>
       <c r="G179" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="C180" t="s">
         <v>8</v>
       </c>
       <c r="D180" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="E180" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="F180" t="s">
-        <v>405</v>
+        <v>419</v>
       </c>
       <c r="G180" t="s">
-        <v>413</v>
+        <v>36</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="C181" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D181" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E181" t="s">
-        <v>307</v>
+        <v>423</v>
       </c>
       <c r="F181" t="s">
-        <v>308</v>
+        <v>424</v>
       </c>
       <c r="G181" t="s">
-        <v>309</v>
+        <v>36</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
+        <v>425</v>
+      </c>
+      <c r="C182" t="s">
+        <v>14</v>
+      </c>
+      <c r="D182" t="s">
         <v>416</v>
       </c>
-      <c r="C182" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E182" t="s">
-        <v>10</v>
+        <v>426</v>
       </c>
       <c r="F182" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="G182" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="C183" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D183" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="E183" t="s">
-        <v>88</v>
+        <v>428</v>
       </c>
       <c r="F183" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="G183" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="C184" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D184" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="E184" t="s">
-        <v>422</v>
+        <v>10</v>
       </c>
       <c r="F184" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="G184" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="C185" t="s">
         <v>14</v>
       </c>
       <c r="D185" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="E185" t="s">
+        <v>431</v>
+      </c>
+      <c r="F185" t="s">
         <v>424</v>
       </c>
-      <c r="F185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G185" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="C186" t="s">
         <v>14</v>
       </c>
       <c r="D186" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="E186" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="F186" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="G186" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C187" t="s">
         <v>14</v>
       </c>
       <c r="D187" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="E187" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="F187" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="G187" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="C188" t="s">
         <v>14</v>
       </c>
       <c r="D188" t="s">
-        <v>417</v>
+        <v>437</v>
       </c>
       <c r="E188" t="s">
-        <v>10</v>
+        <v>438</v>
       </c>
       <c r="F188" t="s">
-        <v>425</v>
+        <v>69</v>
       </c>
       <c r="G188" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="C189" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D189" t="s">
-        <v>417</v>
+        <v>440</v>
       </c>
       <c r="E189" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="F189" t="s">
-        <v>425</v>
+        <v>73</v>
       </c>
       <c r="G189" t="s">
-        <v>35</v>
+        <v>74</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="C190" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D190" t="s">
-        <v>417</v>
+        <v>443</v>
       </c>
       <c r="E190" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="F190" t="s">
-        <v>425</v>
+        <v>445</v>
       </c>
       <c r="G190" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="C191" t="s">
         <v>14</v>
       </c>
       <c r="D191" t="s">
-        <v>417</v>
+        <v>447</v>
       </c>
       <c r="E191" t="s">
-        <v>436</v>
+        <v>240</v>
       </c>
       <c r="F191" t="s">
-        <v>425</v>
+        <v>448</v>
       </c>
       <c r="G191" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="C192" t="s">
         <v>14</v>
       </c>
       <c r="D192" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="E192" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="F192" t="s">
-        <v>72</v>
+        <v>448</v>
       </c>
       <c r="G192" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="C193" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D193" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="E193" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="F193" t="s">
-        <v>76</v>
+        <v>448</v>
       </c>
       <c r="G193" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
       <c r="C194" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D194" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="E194" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="F194" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="G194" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
+        <v>456</v>
+      </c>
+      <c r="C195" t="s">
+        <v>14</v>
+      </c>
+      <c r="D195" t="s">
         <v>447</v>
       </c>
-      <c r="C195" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E195" t="s">
-        <v>243</v>
+        <v>56</v>
       </c>
       <c r="F195" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="G195" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C196" t="s">
         <v>14</v>
       </c>
       <c r="D196" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E196" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F196" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="G196" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="C197" t="s">
         <v>14</v>
       </c>
       <c r="D197" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E197" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="F197" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="G197" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="C198" t="s">
         <v>14</v>
       </c>
       <c r="D198" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E198" t="s">
-        <v>455</v>
+        <v>10</v>
       </c>
       <c r="F198" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="G198" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C199" t="s">
         <v>14</v>
       </c>
       <c r="D199" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E199" t="s">
-        <v>59</v>
+        <v>464</v>
       </c>
       <c r="F199" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="G199" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="C200" t="s">
         <v>14</v>
       </c>
       <c r="D200" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E200" t="s">
+        <v>466</v>
+      </c>
+      <c r="F200" t="s">
         <v>459</v>
       </c>
-      <c r="F200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G200" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C201" t="s">
         <v>14</v>
       </c>
       <c r="D201" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E201" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="F201" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="G201" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C202" t="s">
         <v>14</v>
       </c>
       <c r="D202" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E202" t="s">
-        <v>10</v>
+        <v>470</v>
       </c>
       <c r="F202" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="G202" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="C203" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D203" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E203" t="s">
-        <v>465</v>
+        <v>472</v>
       </c>
       <c r="F203" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="G203" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="C204" t="s">
         <v>14</v>
       </c>
       <c r="D204" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E204" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="F204" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="G204" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="C205" t="s">
         <v>14</v>
       </c>
       <c r="D205" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E205" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="F205" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="G205" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="C206" t="s">
         <v>14</v>
       </c>
       <c r="D206" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E206" t="s">
-        <v>471</v>
+        <v>56</v>
       </c>
       <c r="F206" t="s">
-        <v>460</v>
+        <v>480</v>
       </c>
       <c r="G206" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="C207" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D207" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E207" t="s">
-        <v>473</v>
+        <v>226</v>
       </c>
       <c r="F207" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="G207" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="C208" t="s">
         <v>14</v>
       </c>
       <c r="D208" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E208" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="F208" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="G208" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="C209" t="s">
         <v>14</v>
       </c>
       <c r="D209" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E209" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="F209" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="G209" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>480</v>
+        <v>487</v>
       </c>
       <c r="C210" t="s">
         <v>14</v>
       </c>
       <c r="D210" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E210" t="s">
-        <v>59</v>
+        <v>485</v>
       </c>
       <c r="F210" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="G210" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="C211" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D211" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E211" t="s">
-        <v>229</v>
+        <v>489</v>
       </c>
       <c r="F211" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="G211" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
       <c r="C212" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D212" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E212" t="s">
-        <v>484</v>
+        <v>491</v>
       </c>
       <c r="F212" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="G212" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="C213" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D213" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E213" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="F213" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="G213" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>488</v>
+        <v>495</v>
       </c>
       <c r="C214" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D214" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E214" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="F214" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="G214" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
       <c r="C215" t="s">
         <v>8</v>
       </c>
       <c r="D215" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E215" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="F215" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="G215" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="C216" t="s">
         <v>8</v>
       </c>
       <c r="D216" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E216" t="s">
+        <v>499</v>
+      </c>
+      <c r="F216" t="s">
         <v>492</v>
       </c>
-      <c r="F216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G216" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C217" t="s">
         <v>8</v>
       </c>
       <c r="D217" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E217" t="s">
-        <v>495</v>
+        <v>240</v>
       </c>
       <c r="F217" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="G217" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="C218" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D218" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E218" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="F218" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="G218" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C219" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D219" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E219" t="s">
-        <v>497</v>
+        <v>240</v>
       </c>
       <c r="F219" t="s">
-        <v>493</v>
+        <v>505</v>
       </c>
       <c r="G219" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="C220" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D220" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E220" t="s">
-        <v>500</v>
+        <v>507</v>
       </c>
       <c r="F220" t="s">
-        <v>493</v>
+        <v>505</v>
       </c>
       <c r="G220" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="C221" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D221" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E221" t="s">
-        <v>243</v>
+        <v>10</v>
       </c>
       <c r="F221" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="G221" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="C222" t="s">
         <v>14</v>
       </c>
       <c r="D222" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E222" t="s">
-        <v>504</v>
+        <v>176</v>
       </c>
       <c r="F222" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="G222" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="C223" t="s">
         <v>14</v>
       </c>
       <c r="D223" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E223" t="s">
-        <v>243</v>
+        <v>512</v>
       </c>
       <c r="F223" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="G223" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="C224" t="s">
         <v>14</v>
       </c>
       <c r="D224" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E224" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="F224" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="G224" t="s">
-        <v>47</v>
+        <v>83</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
+        <v>515</v>
+      </c>
+      <c r="C225" t="s">
+        <v>14</v>
+      </c>
+      <c r="D225" t="s">
+        <v>447</v>
+      </c>
+      <c r="E225" t="s">
+        <v>516</v>
+      </c>
+      <c r="F225" t="s">
         <v>509</v>
       </c>
-      <c r="C225" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G225" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="C226" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D226" t="s">
-        <v>448</v>
+        <v>9</v>
       </c>
       <c r="E226" t="s">
-        <v>178</v>
+        <v>518</v>
       </c>
       <c r="F226" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="G226" t="s">
-        <v>86</v>
+        <v>520</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="C227" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D227" t="s">
-        <v>448</v>
+        <v>9</v>
       </c>
       <c r="E227" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="F227" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="G227" t="s">
-        <v>86</v>
+        <v>520</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="C228" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D228" t="s">
-        <v>448</v>
+        <v>156</v>
       </c>
       <c r="E228" t="s">
-        <v>515</v>
+        <v>524</v>
       </c>
       <c r="F228" t="s">
-        <v>510</v>
+        <v>525</v>
       </c>
       <c r="G228" t="s">
-        <v>86</v>
+        <v>526</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="C229" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D229" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="E229" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="F229" t="s">
-        <v>510</v>
+        <v>529</v>
       </c>
       <c r="G229" t="s">
-        <v>86</v>
+        <v>526</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7">
+      <c r="A230">
+        <v>229</v>
+      </c>
+      <c r="B230" t="s">
+        <v>530</v>
+      </c>
+      <c r="C230" t="s">
+        <v>8</v>
+      </c>
+      <c r="D230" t="s">
+        <v>313</v>
+      </c>
+      <c r="E230" t="s">
+        <v>178</v>
+      </c>
+      <c r="F230" t="s">
+        <v>531</v>
+      </c>
+      <c r="G230" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7">
+      <c r="A231">
+        <v>230</v>
+      </c>
+      <c r="B231" t="s">
+        <v>532</v>
+      </c>
+      <c r="C231" t="s">
+        <v>8</v>
+      </c>
+      <c r="D231" t="s">
+        <v>440</v>
+      </c>
+      <c r="E231" t="s">
+        <v>533</v>
+      </c>
+      <c r="F231" t="s">
+        <v>534</v>
+      </c>
+      <c r="G231" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7">
+      <c r="A232">
+        <v>231</v>
+      </c>
+      <c r="B232" t="s">
+        <v>536</v>
+      </c>
+      <c r="C232" t="s">
+        <v>8</v>
+      </c>
+      <c r="D232" t="s">
+        <v>326</v>
+      </c>
+      <c r="E232" t="s">
+        <v>537</v>
+      </c>
+      <c r="F232" t="s">
+        <v>73</v>
+      </c>
+      <c r="G232" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7">
+      <c r="A233">
+        <v>232</v>
+      </c>
+      <c r="B233" t="s">
+        <v>538</v>
+      </c>
+      <c r="C233" t="s">
+        <v>8</v>
+      </c>
+      <c r="D233" t="s">
+        <v>447</v>
+      </c>
+      <c r="E233" t="s">
+        <v>240</v>
+      </c>
+      <c r="F233" t="s">
+        <v>539</v>
+      </c>
+      <c r="G233" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7">
+      <c r="A234">
+        <v>233</v>
+      </c>
+      <c r="B234" t="s">
+        <v>540</v>
+      </c>
+      <c r="C234" t="s">
+        <v>8</v>
+      </c>
+      <c r="D234" t="s">
+        <v>447</v>
+      </c>
+      <c r="E234" t="s">
+        <v>541</v>
+      </c>
+      <c r="F234" t="s">
+        <v>542</v>
+      </c>
+      <c r="G234" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7">
+      <c r="A235">
+        <v>234</v>
+      </c>
+      <c r="B235" t="s">
+        <v>543</v>
+      </c>
+      <c r="C235" t="s">
+        <v>8</v>
+      </c>
+      <c r="D235" t="s">
+        <v>173</v>
+      </c>
+      <c r="E235" t="s">
+        <v>544</v>
+      </c>
+      <c r="F235" t="s">
+        <v>545</v>
+      </c>
+      <c r="G235" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7">
+      <c r="A236">
+        <v>235</v>
+      </c>
+      <c r="B236" t="s">
+        <v>546</v>
+      </c>
+      <c r="C236" t="s">
+        <v>8</v>
+      </c>
+      <c r="D236" t="s">
+        <v>402</v>
+      </c>
+      <c r="E236" t="s">
+        <v>547</v>
+      </c>
+      <c r="F236" t="s">
+        <v>548</v>
+      </c>
+      <c r="G236" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7">
+      <c r="A237">
+        <v>236</v>
+      </c>
+      <c r="B237" t="s">
+        <v>549</v>
+      </c>
+      <c r="C237" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" t="s">
+        <v>313</v>
+      </c>
+      <c r="E237" t="s">
+        <v>550</v>
+      </c>
+      <c r="F237" t="s">
+        <v>551</v>
+      </c>
+      <c r="G237" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7">
+      <c r="A238">
+        <v>237</v>
+      </c>
+      <c r="B238" t="s">
+        <v>552</v>
+      </c>
+      <c r="C238" t="s">
+        <v>8</v>
+      </c>
+      <c r="D238" t="s">
+        <v>553</v>
+      </c>
+      <c r="E238" t="s">
+        <v>554</v>
+      </c>
+      <c r="F238" t="s">
+        <v>555</v>
+      </c>
+      <c r="G238" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7">
+      <c r="A239">
+        <v>238</v>
+      </c>
+      <c r="B239" t="s">
+        <v>557</v>
+      </c>
+      <c r="C239" t="s">
+        <v>8</v>
+      </c>
+      <c r="D239" t="s">
+        <v>447</v>
+      </c>
+      <c r="E239" t="s">
+        <v>558</v>
+      </c>
+      <c r="F239" t="s">
+        <v>559</v>
+      </c>
+      <c r="G239" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7">
+      <c r="A240">
+        <v>239</v>
+      </c>
+      <c r="B240" t="s">
+        <v>560</v>
+      </c>
+      <c r="C240" t="s">
+        <v>561</v>
+      </c>
+      <c r="D240" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" t="s">
+        <v>562</v>
+      </c>
+      <c r="F240" t="s">
+        <v>563</v>
+      </c>
+      <c r="G240" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7">
+      <c r="A241">
+        <v>240</v>
+      </c>
+      <c r="B241" t="s">
+        <v>564</v>
+      </c>
+      <c r="C241" t="s">
+        <v>561</v>
+      </c>
+      <c r="D241" t="s">
+        <v>9</v>
+      </c>
+      <c r="E241" t="s">
+        <v>565</v>
+      </c>
+      <c r="F241" t="s">
+        <v>563</v>
+      </c>
+      <c r="G241" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7">
+      <c r="A242">
+        <v>241</v>
+      </c>
+      <c r="B242" t="s">
+        <v>566</v>
+      </c>
+      <c r="C242" t="s">
+        <v>8</v>
+      </c>
+      <c r="D242" t="s">
+        <v>195</v>
+      </c>
+      <c r="E242" t="s">
+        <v>567</v>
+      </c>
+      <c r="F242" t="s">
+        <v>568</v>
+      </c>
+      <c r="G242" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7">
+      <c r="A243">
+        <v>242</v>
+      </c>
+      <c r="B243" t="s">
+        <v>569</v>
+      </c>
+      <c r="C243" t="s">
+        <v>8</v>
+      </c>
+      <c r="D243" t="s">
+        <v>156</v>
+      </c>
+      <c r="E243" t="s">
+        <v>570</v>
+      </c>
+      <c r="F243" t="s">
+        <v>571</v>
+      </c>
+      <c r="G243" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7">
+      <c r="A244">
+        <v>243</v>
+      </c>
+      <c r="B244" t="s">
+        <v>573</v>
+      </c>
+      <c r="C244" t="s">
+        <v>8</v>
+      </c>
+      <c r="D244" t="s">
+        <v>414</v>
+      </c>
+      <c r="E244" t="s">
+        <v>10</v>
+      </c>
+      <c r="F244" t="s">
+        <v>574</v>
+      </c>
+      <c r="G244" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7">
+      <c r="A245">
+        <v>244</v>
+      </c>
+      <c r="B245" t="s">
+        <v>575</v>
+      </c>
+      <c r="C245" t="s">
+        <v>8</v>
+      </c>
+      <c r="D245" t="s">
+        <v>399</v>
+      </c>
+      <c r="E245" t="s">
+        <v>240</v>
+      </c>
+      <c r="F245" t="s">
+        <v>576</v>
+      </c>
+      <c r="G245" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7">
+      <c r="A246">
+        <v>245</v>
+      </c>
+      <c r="B246" t="s">
+        <v>577</v>
+      </c>
+      <c r="C246" t="s">
+        <v>8</v>
+      </c>
+      <c r="D246" t="s">
+        <v>9</v>
+      </c>
+      <c r="E246" t="s">
+        <v>578</v>
+      </c>
+      <c r="F246" t="s">
+        <v>571</v>
+      </c>
+      <c r="G246" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7">
+      <c r="A247">
+        <v>246</v>
+      </c>
+      <c r="B247" t="s">
+        <v>580</v>
+      </c>
+      <c r="C247" t="s">
+        <v>8</v>
+      </c>
+      <c r="D247" t="s">
+        <v>195</v>
+      </c>
+      <c r="E247" t="s">
+        <v>581</v>
+      </c>
+      <c r="F247" t="s">
+        <v>582</v>
+      </c>
+      <c r="G247" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7">
+      <c r="A248">
+        <v>247</v>
+      </c>
+      <c r="B248" t="s">
+        <v>583</v>
+      </c>
+      <c r="C248" t="s">
+        <v>8</v>
+      </c>
+      <c r="D248" t="s">
+        <v>195</v>
+      </c>
+      <c r="E248" t="s">
+        <v>85</v>
+      </c>
+      <c r="F248" t="s">
+        <v>582</v>
+      </c>
+      <c r="G248" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7">
+      <c r="A249">
+        <v>248</v>
+      </c>
+      <c r="B249" t="s">
+        <v>584</v>
+      </c>
+      <c r="C249" t="s">
+        <v>8</v>
+      </c>
+      <c r="D249" t="s">
+        <v>9</v>
+      </c>
+      <c r="E249" t="s">
+        <v>585</v>
+      </c>
+      <c r="F249" t="s">
+        <v>586</v>
+      </c>
+      <c r="G249" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7">
+      <c r="A250">
+        <v>249</v>
+      </c>
+      <c r="B250" t="s">
+        <v>588</v>
+      </c>
+      <c r="C250" t="s">
+        <v>8</v>
+      </c>
+      <c r="D250" t="s">
+        <v>9</v>
+      </c>
+      <c r="E250" t="s">
+        <v>589</v>
+      </c>
+      <c r="F250" t="s">
+        <v>586</v>
+      </c>
+      <c r="G250" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7">
+      <c r="A251">
+        <v>250</v>
+      </c>
+      <c r="B251" t="s">
+        <v>590</v>
+      </c>
+      <c r="C251" t="s">
+        <v>8</v>
+      </c>
+      <c r="D251" t="s">
+        <v>9</v>
+      </c>
+      <c r="E251" t="s">
+        <v>591</v>
+      </c>
+      <c r="F251" t="s">
+        <v>586</v>
+      </c>
+      <c r="G251" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7">
+      <c r="A252">
+        <v>251</v>
+      </c>
+      <c r="B252" t="s">
+        <v>592</v>
+      </c>
+      <c r="C252" t="s">
+        <v>8</v>
+      </c>
+      <c r="D252" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" t="s">
+        <v>593</v>
+      </c>
+      <c r="F252" t="s">
+        <v>586</v>
+      </c>
+      <c r="G252" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7">
+      <c r="A253">
+        <v>252</v>
+      </c>
+      <c r="B253" t="s">
+        <v>594</v>
+      </c>
+      <c r="C253" t="s">
+        <v>8</v>
+      </c>
+      <c r="D253" t="s">
+        <v>9</v>
+      </c>
+      <c r="E253" t="s">
+        <v>595</v>
+      </c>
+      <c r="F253" t="s">
+        <v>586</v>
+      </c>
+      <c r="G253" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7">
+      <c r="A254">
+        <v>253</v>
+      </c>
+      <c r="B254" t="s">
+        <v>596</v>
+      </c>
+      <c r="C254" t="s">
+        <v>8</v>
+      </c>
+      <c r="D254" t="s">
+        <v>9</v>
+      </c>
+      <c r="E254" t="s">
+        <v>597</v>
+      </c>
+      <c r="F254" t="s">
+        <v>586</v>
+      </c>
+      <c r="G254" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7">
+      <c r="A255">
+        <v>254</v>
+      </c>
+      <c r="B255" t="s">
+        <v>598</v>
+      </c>
+      <c r="C255" t="s">
+        <v>8</v>
+      </c>
+      <c r="D255" t="s">
+        <v>9</v>
+      </c>
+      <c r="E255" t="s">
+        <v>599</v>
+      </c>
+      <c r="F255" t="s">
+        <v>600</v>
+      </c>
+      <c r="G255" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7">
+      <c r="A256">
+        <v>255</v>
+      </c>
+      <c r="B256" t="s">
+        <v>601</v>
+      </c>
+      <c r="C256" t="s">
+        <v>8</v>
+      </c>
+      <c r="D256" t="s">
+        <v>9</v>
+      </c>
+      <c r="E256" t="s">
+        <v>602</v>
+      </c>
+      <c r="F256" t="s">
+        <v>600</v>
+      </c>
+      <c r="G256" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7">
+      <c r="A257">
+        <v>256</v>
+      </c>
+      <c r="B257" t="s">
+        <v>603</v>
+      </c>
+      <c r="C257" t="s">
+        <v>8</v>
+      </c>
+      <c r="D257" t="s">
+        <v>9</v>
+      </c>
+      <c r="E257" t="s">
+        <v>604</v>
+      </c>
+      <c r="F257" t="s">
+        <v>605</v>
+      </c>
+      <c r="G257" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7">
+      <c r="A258">
+        <v>257</v>
+      </c>
+      <c r="B258" t="s">
+        <v>606</v>
+      </c>
+      <c r="C258" t="s">
+        <v>8</v>
+      </c>
+      <c r="D258" t="s">
+        <v>9</v>
+      </c>
+      <c r="E258" t="s">
+        <v>123</v>
+      </c>
+      <c r="F258" t="s">
+        <v>94</v>
+      </c>
+      <c r="G258" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7">
+      <c r="A259">
+        <v>258</v>
+      </c>
+      <c r="B259" t="s">
+        <v>607</v>
+      </c>
+      <c r="C259" t="s">
+        <v>8</v>
+      </c>
+      <c r="D259" t="s">
+        <v>351</v>
+      </c>
+      <c r="E259" t="s">
+        <v>608</v>
+      </c>
+      <c r="F259" t="s">
+        <v>609</v>
+      </c>
+      <c r="G259" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7">
+      <c r="A260">
+        <v>259</v>
+      </c>
+      <c r="B260" t="s">
+        <v>611</v>
+      </c>
+      <c r="C260" t="s">
+        <v>8</v>
+      </c>
+      <c r="D260" t="s">
+        <v>351</v>
+      </c>
+      <c r="E260" t="s">
+        <v>612</v>
+      </c>
+      <c r="F260" t="s">
+        <v>363</v>
+      </c>
+      <c r="G260" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7">
+      <c r="A261">
+        <v>260</v>
+      </c>
+      <c r="B261" t="s">
+        <v>613</v>
+      </c>
+      <c r="C261" t="s">
+        <v>8</v>
+      </c>
+      <c r="D261" t="s">
+        <v>387</v>
+      </c>
+      <c r="E261" t="s">
+        <v>28</v>
+      </c>
+      <c r="F261" t="s">
+        <v>614</v>
+      </c>
+      <c r="G261" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7">
+      <c r="A262">
+        <v>261</v>
+      </c>
+      <c r="B262" t="s">
+        <v>616</v>
+      </c>
+      <c r="C262" t="s">
+        <v>8</v>
+      </c>
+      <c r="D262" t="s">
+        <v>141</v>
+      </c>
+      <c r="E262" t="s">
+        <v>240</v>
+      </c>
+      <c r="F262" t="s">
+        <v>617</v>
+      </c>
+      <c r="G262" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7">
+      <c r="A263">
+        <v>262</v>
+      </c>
+      <c r="B263" t="s">
+        <v>618</v>
+      </c>
+      <c r="C263" t="s">
+        <v>619</v>
+      </c>
+      <c r="D263" t="s">
+        <v>447</v>
+      </c>
+      <c r="E263" t="s">
+        <v>240</v>
+      </c>
+      <c r="F263" t="s">
+        <v>619</v>
+      </c>
+      <c r="G263" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">